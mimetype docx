--- v0 (2025-10-16)
+++ v1 (2026-03-01)
@@ -1,8914 +1,9193 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
-    <w:p w14:paraId="77947B4C" w14:textId="77777777" w:rsidR="009A2DAB" w:rsidRDefault="009A2DAB">
-[...13 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidR="00225B15" w:rsidRPr="00EB44FD" w:rsidRDefault="00225B15" w:rsidP="00EB44FD">
+      <w:pPr>
+        <w:pStyle w:val="Nessunaspaziatura"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB44FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t>ISTRUZIONI DI REGATA</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="164B18BC" w14:textId="77777777" w:rsidR="009A2DAB" w:rsidRDefault="00B00F11">
-[...1 lines deleted...]
-        <w:widowControl/>
+    <w:p w:rsidR="00225B15" w:rsidRDefault="00DA4879" w:rsidP="00225B15">
+      <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="002060"/>
-[...4 lines deleted...]
-      <w:r>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t>REGATA ZONALE</w:t>
+      </w:r>
+      <w:r w:rsidR="009F5131">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="002060"/>
-[...3 lines deleted...]
-        <w:t>ISTRUZIONI DI REGATA</w:t>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 202</w:t>
+      </w:r>
+      <w:r w:rsidR="0059125D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A009D2B" w14:textId="77777777" w:rsidR="009A2DAB" w:rsidRDefault="009A2DAB">
-[...1 lines deleted...]
-        <w:widowControl/>
+    <w:p w:rsidR="00225B15" w:rsidRDefault="00225B15" w:rsidP="00225B15">
+      <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="602"/>
+          <w:tab w:val="left" w:pos="1034"/>
+          <w:tab w:val="left" w:pos="1466"/>
+        </w:tabs>
+        <w:ind w:left="113"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
           <w:b/>
+          <w:i/>
           <w:color w:val="C00000"/>
-          <w:sz w:val="16"/>
-[...2 lines deleted...]
-      </w:pPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Classi ILCA 4 - 6 - 7</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="649A4F4A" w14:textId="77777777" w:rsidR="009A2DAB" w:rsidRDefault="00B00F11">
-[...51 lines deleted...]
-        <w:widowControl/>
+    <w:p w:rsidR="00225B15" w:rsidRDefault="00FC6103" w:rsidP="00225B15">
+      <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="602"/>
           <w:tab w:val="left" w:pos="1034"/>
           <w:tab w:val="left" w:pos="1466"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Luogo, gg/mm/</w:t>
+      </w:r>
+      <w:r w:rsidR="00225B15">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...2 lines deleted...]
-        <w:t>Classi ILCA 4 – ILCA 6 – ILCA 7</w:t>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="0059125D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20DD73EB" w14:textId="77777777" w:rsidR="009A2DAB" w:rsidRDefault="009A2DAB">
-[...1 lines deleted...]
-        <w:widowControl/>
+    <w:p w:rsidR="00225B15" w:rsidRDefault="00225B15" w:rsidP="00225B15">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F5736E" w:rsidRPr="00475C9E" w:rsidRDefault="00225B15" w:rsidP="00F5736E">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00475C9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">La autorità organizzatrice è la Federazione Italiana Vela che ne demanda </w:t>
+      </w:r>
+      <w:r w:rsidR="00FC6103">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">la organizzazione </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00FC6103">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>all’affiliato:</w:t>
+      </w:r>
+      <w:r w:rsidR="004838AD" w:rsidRPr="004838AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="004838AD" w:rsidRPr="004838AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>_____________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00983CEE" w:rsidRPr="004838AD" w:rsidRDefault="00225B15" w:rsidP="00F5736E">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004838AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Riferimenti: </w:t>
+      </w:r>
+      <w:r w:rsidR="00FC6103" w:rsidRPr="004838AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00F5736E" w:rsidRPr="004838AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC6103" w:rsidRPr="004838AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00F5736E" w:rsidRPr="004838AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tel. </w:t>
+      </w:r>
+      <w:r w:rsidR="00FC6103" w:rsidRPr="004838AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00F5736E" w:rsidRPr="004838AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Cell. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00225B15" w:rsidRPr="00983CEE" w:rsidRDefault="00FC6103" w:rsidP="00F5736E">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="0000CC"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004838AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sito: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004838AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>xxxxxxxxxxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004838AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00F5736E" w:rsidRPr="004838AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">e-mail: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004838AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>xxxxxxxxxxxxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00983CEE" w:rsidRPr="00983CEE" w:rsidRDefault="00983CEE" w:rsidP="00F5736E">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00225B15" w:rsidRPr="002E5A75" w:rsidRDefault="00225B15" w:rsidP="00225B15">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:before="15" w:line="254" w:lineRule="auto"/>
+        <w:ind w:hanging="502"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00983CEE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>REGOLE</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00225B15" w:rsidRDefault="00225B15" w:rsidP="00225B15">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:before="15" w:line="254" w:lineRule="auto"/>
+        <w:ind w:left="502"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_gjdgxs" w:colFirst="0" w:colLast="0"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="002E5A75">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Come da Bando</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00147337" w:rsidRPr="002E5A75" w:rsidRDefault="00147337" w:rsidP="00147337">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E5A75">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="001F5F"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    [DP][NP] CODICE DI COMPORTAMENTO </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00147337" w:rsidRPr="009F5131" w:rsidRDefault="00147337" w:rsidP="00147337">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="009F5131">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Tutti i partecipanti ad una manifestazione sono soggetti alle regole del codice di comportamento sportivo.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00147337" w:rsidRDefault="00147337" w:rsidP="00147337">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.2  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F5131">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009F5131">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> concorrenti e le persone di supporto dovranno adeguarsi ad ogni ragionevole richiesta formulata da</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>gli Ufficiali</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F5131">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> di Regata (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F5131">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>UdR</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F5131">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>) o dal personale dell’Autorità Organizzatrice.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00147337" w:rsidRPr="00147337" w:rsidRDefault="00147337" w:rsidP="00147337">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="602"/>
-[...1 lines deleted...]
-          <w:tab w:val="left" w:pos="1466"/>
+          <w:tab w:val="left" w:pos="623"/>
         </w:tabs>
-        <w:jc w:val="center"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
+        <w:spacing w:before="61"/>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="009F5131">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>I concorrenti e le persone di supporto devono gestire qualsiasi attrezzatura fornita dall'autorità organizzatrice con cura, abilità marinaresca, secondo le eventuali istruzioni per l'uso e senza interferire con la sua funzionalità</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E5A75">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:i/>
-[...4 lines deleted...]
-      </w:pPr>
+          <w:color w:val="002060"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="6AB4B092" w14:textId="13C4A193" w:rsidR="009A2DAB" w:rsidRDefault="003A7EA4">
-[...1 lines deleted...]
-        <w:widowControl/>
+    <w:p w:rsidR="00147337" w:rsidRPr="00147337" w:rsidRDefault="00147337" w:rsidP="00147337">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="602"/>
-[...1 lines deleted...]
-          <w:tab w:val="left" w:pos="1466"/>
+          <w:tab w:val="left" w:pos="623"/>
         </w:tabs>
-        <w:jc w:val="center"/>
-[...19 lines deleted...]
-      </w:r>
+        <w:spacing w:before="61"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="30E6C5B4" w14:textId="77777777" w:rsidR="009A2DAB" w:rsidRDefault="009A2DAB">
-      <w:pPr>
+    <w:p w:rsidR="00225B15" w:rsidRPr="002E5A75" w:rsidRDefault="00225B15" w:rsidP="00147337">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:before="15" w:line="254" w:lineRule="auto"/>
-[...5 lines deleted...]
-      </w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="623"/>
+        </w:tabs>
+        <w:spacing w:before="61"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E5A75">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>REGOLE RIGUARDANTI LA SICUREZZA</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="203B5D1D" w14:textId="05AF8A6A" w:rsidR="009A2DAB" w:rsidRDefault="00B00F11">
-      <w:pPr>
+    <w:p w:rsidR="00225B15" w:rsidRPr="009E42B7" w:rsidRDefault="00147337" w:rsidP="009E42B7">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:before="15" w:line="254" w:lineRule="auto"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
+        <w:spacing w:before="15" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:vanish/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00225B15" w:rsidRPr="009E42B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.1 </w:t>
+      </w:r>
+      <w:r w:rsidR="009E42B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00225B15" w:rsidRPr="009E42B7" w:rsidRDefault="00225B15" w:rsidP="00C91802">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
+        <w:spacing w:before="1" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E42B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Le </w:t>
+      </w:r>
+      <w:r w:rsidR="00357907">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>barche</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E42B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> non in regata non dovranno interferire con i battelli ufficiali.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5131" w:rsidRPr="009F5131" w:rsidRDefault="00147337" w:rsidP="00C91802">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
+        <w:spacing w:before="1" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00C91802" w:rsidRPr="00C91802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00C91802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="FF0000"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0038567A">
+          <w:color w:val="002060"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="009F5131">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="000000"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="0038567A">
+          <w:b/>
+          <w:color w:val="002060"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidR="009F5131" w:rsidRPr="008A0F7B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="FF0000"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">&lt;XXX Via XXX, </w:t>
+          <w:b/>
+          <w:color w:val="002060"/>
+        </w:rPr>
+        <w:t>DP][NP]</w:t>
+      </w:r>
+      <w:r w:rsidR="009E42B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="002060"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C91802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidR="009E42B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009F5131" w:rsidRPr="009F5131">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>concorrenti che non lasciano l’area assegnata presso le basi nautiche per regatare in una prova programmata dovranno informare la Segreteria di Regata</w:t>
+      </w:r>
+      <w:r w:rsidR="009E42B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009E42B7" w:rsidRPr="009E42B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>entro l’orario programmato del primo avviso di giornata.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5131" w:rsidRPr="00C91802" w:rsidRDefault="00C91802" w:rsidP="00C91802">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
+        <w:spacing w:before="1" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="009F5131" w:rsidRPr="009F5131">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Un concorrente che si ritira dovrà informare il Comitato di Regata prima di abbandonare l’area di regata o, qualora ciò risulti impossibile, dovrà informare la Segreteria di Regata appena possibile dopo essere rientrata a terra</w:t>
+      </w:r>
+      <w:r w:rsidR="009E42B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="009E42B7" w:rsidRPr="009E42B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>inoltre deve compilare e consegnare il modulo di dichiarazione di ritiro (anche se si tratta di ritiro non collegato all’esecuzione di una penalità) nelle modalità indicate dall’ A</w:t>
+      </w:r>
+      <w:r w:rsidR="00147337">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>O entro</w:t>
+      </w:r>
+      <w:r w:rsidR="009E42B7" w:rsidRPr="009E42B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> il tempo limite per la presentazione delle proteste</w:t>
+      </w:r>
+      <w:r w:rsidR="009F5131" w:rsidRPr="009F5131">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5131" w:rsidRPr="009E42B7" w:rsidRDefault="00147337" w:rsidP="009E42B7">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="002060"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="009E42B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="002060"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="002060"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="009E42B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="002060"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="009F5131" w:rsidRPr="00C91802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="002060"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="009F5131" w:rsidRPr="00C91802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="002060"/>
+        </w:rPr>
+        <w:t>DP][NP]</w:t>
+      </w:r>
+      <w:r w:rsidR="009F5131" w:rsidRPr="00C91802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> I concorrenti che si ritirano dalle prove devono compilare il modulo di dichiarazione di ritiro (anche se si tratta di ritiro non collegato all’esecuzione di una penalità) nelle modalità indicate dal</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>l’AO</w:t>
+      </w:r>
+      <w:r w:rsidR="009F5131" w:rsidRPr="00C91802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> entro </w:t>
+      </w:r>
+      <w:r w:rsidR="00280579" w:rsidRPr="00C91802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>il tempo limite delle proteste.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E42B7" w:rsidRPr="009E42B7" w:rsidRDefault="00147337" w:rsidP="009E42B7">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="009E42B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="009E42B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidR="009E42B7" w:rsidRPr="009E42B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Quando il Comitato di Regata espone la bandiera “V” con suoni ripetuti, tutte le barche ufficiali e di appoggio dovranno monitorare il/i canali VHF (riferiti ad ogni campo di regata) indicati nelle istruzioni di regata, ed eseguire eventuali istruzioni di ricerca e soccorso.</w:t>
+      </w:r>
+      <w:r w:rsidR="00B60AC7" w:rsidRPr="00B60AC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B60AC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+        <w:t>(Modifica della RRS 37).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5131" w:rsidRDefault="00147337" w:rsidP="009E42B7">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="009E42B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="009E42B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidR="00B60AC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>L</w:t>
+      </w:r>
+      <w:r w:rsidR="009F5131" w:rsidRPr="00280579">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">e </w:t>
+      </w:r>
+      <w:r w:rsidR="00357907">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>barche</w:t>
+      </w:r>
+      <w:r w:rsidR="009F5131" w:rsidRPr="00280579">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> che, per qualsiasi motivo dovessero arrivare a terra lontano dalle rispettive basi nautiche e che non fossero in grado di raggiungere i posti loro assegnati, devono informare appena possibile </w:t>
+      </w:r>
+      <w:r w:rsidR="00B60AC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>l’AO</w:t>
+      </w:r>
+      <w:r w:rsidR="009F5131" w:rsidRPr="00280579">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ai seguenti numeri di telefono: </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="0038567A">
+      <w:r w:rsidR="009F5131" w:rsidRPr="00280579">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>xxxxxxxxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="009E42B7" w:rsidRDefault="00147337" w:rsidP="009E42B7">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="009E42B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="009E42B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="009E42B7" w:rsidRPr="009E42B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Qualora</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="009E42B7" w:rsidRPr="009E42B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sia previsto l’utilizzo di dispositivi elettronici di rilevamento, tale dispositivo dovrà essere </w:t>
+      </w:r>
+      <w:r w:rsidR="00B60AC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>po</w:t>
+      </w:r>
+      <w:r w:rsidR="00A4087B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidR="00B60AC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>tato</w:t>
+      </w:r>
+      <w:r w:rsidR="009E42B7" w:rsidRPr="009E42B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dal concorrente.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E42B7" w:rsidRDefault="009E42B7" w:rsidP="009E42B7">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009F5131" w:rsidRDefault="00147337" w:rsidP="009E42B7">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:caps/>
+          <w:color w:val="001F5F"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="FF0000"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="0038567A">
+          <w:b/>
+          <w:caps/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="009E42B7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="FF0000"/>
-[...14 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="FF0000"/>
-[...1 lines deleted...]
-        <w:t>&gt;</w:t>
+          <w:caps/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:caps/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="009E42B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:caps/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidR="009F5131" w:rsidRPr="009E42B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:caps/>
+          <w:color w:val="001F5F"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Richiesta di assistenza da parte delle </w:t>
+      </w:r>
+      <w:r w:rsidR="00006951" w:rsidRPr="009E42B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:caps/>
+          <w:color w:val="001F5F"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>BARCHE</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77D76516" w14:textId="1178AD45" w:rsidR="00D902A7" w:rsidRDefault="00D902A7" w:rsidP="00D902A7">
-      <w:pPr>
+    <w:p w:rsidR="009F5131" w:rsidRPr="009F5131" w:rsidRDefault="009F5131" w:rsidP="00A647BF">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F5131">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">I concorrenti che richiedono assistenza da parte delle </w:t>
+      </w:r>
+      <w:r w:rsidR="009E42B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>barche ufficiali e/o di appoggio</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F5131">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, devono agitare un braccio con la mano aperta.  Se non è richiesta assistenza, il braccio deve essere </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F5131">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>posto sopra la testa con le dita della mano chiusa a pugno.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5131" w:rsidRDefault="009F5131" w:rsidP="00A647BF">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F5131">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Se considerato necessario, può essere imposto al concorrente di abbandonare la barca e salire sul mezzo di soccorso. In questo caso si applicherà un nastro bianco e rosso alla barca abbandonata in modo che si sappia che l’equipaggio è </w:t>
+      </w:r>
+      <w:r w:rsidR="00006951" w:rsidRPr="009E42B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>stato comunque tratto in salvo.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D6728C" w:rsidRPr="00941BC9" w:rsidRDefault="00D6728C" w:rsidP="00D6728C">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="567" w:hanging="141"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Century Gothic" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="1"/>
+    </w:p>
+    <w:p w:rsidR="00D6728C" w:rsidRPr="00D6728C" w:rsidRDefault="00D6728C" w:rsidP="00D6728C">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
-        <w:spacing w:before="61"/>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:spacing w:before="79"/>
+        <w:ind w:hanging="502"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="002060"/>
-        </w:rPr>
-        <w:t>REGOLE</w:t>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D6728C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>MODIFICHE ALLE ISTRUZIONI DI REGATA</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E45A932" w14:textId="5D9BFC31" w:rsidR="00D902A7" w:rsidRDefault="00D902A7" w:rsidP="00D902A7">
-[...1 lines deleted...]
-        <w:pStyle w:val="Paragrafoelenco"/>
+    <w:p w:rsidR="00D6728C" w:rsidRPr="00D6728C" w:rsidRDefault="00D6728C" w:rsidP="00D6728C">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="10"/>
+          <w:numId w:val="1"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:tabs>
-[...3 lines deleted...]
-        <w:ind w:right="116"/>
+        <w:spacing w:before="2" w:line="276" w:lineRule="auto"/>
+        <w:ind w:hanging="502"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-        <w:t>Come da Bando.</w:t>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D6728C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Qualsiasi modifica al formato o al programma delle prove dovrà essere pubblicata entro le ore 20.00, del giorno precedente a quello in cui avrà effetto e ogni altra modifica alle </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D6728C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>IdR</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D6728C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dovrà essere esposta entro le ore 09.00 del giorno in cui avrà effetto. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21CF23A3" w14:textId="77777777" w:rsidR="00D902A7" w:rsidRPr="00D902A7" w:rsidRDefault="00D902A7" w:rsidP="00D902A7">
-      <w:pPr>
+    <w:p w:rsidR="00D6728C" w:rsidRPr="00D6728C" w:rsidRDefault="00D6728C" w:rsidP="00D6728C">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:tabs>
-[...3 lines deleted...]
-        <w:ind w:right="116"/>
+        <w:spacing w:before="2" w:line="276" w:lineRule="auto"/>
+        <w:ind w:hanging="502"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D6728C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Qualsiasi riassegnazione di classi o flotte alle aree di regata dovrà essere pubblicata prima delle ore 09.00 del giorno in cui avrà effetto. Se il segnale “Intelligenza” viene esposto a terra, il limite per la riassegnazione sarà 45 minuti prima che l’Intelligenza per quella classe o flotta sia ammainata. </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="206FE965" w14:textId="77777777" w:rsidR="009A2DAB" w:rsidRPr="0038567A" w:rsidRDefault="00B00F11">
-      <w:pPr>
+    <w:p w:rsidR="00D6728C" w:rsidRDefault="00D6728C" w:rsidP="00D6728C">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00225B15" w:rsidRPr="002E5A75" w:rsidRDefault="00225B15" w:rsidP="00225B15">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
-        <w:spacing w:before="61"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:spacing w:before="79"/>
+        <w:ind w:hanging="502"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E5A75">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="002060"/>
-        </w:rPr>
-[...7 lines deleted...]
-        <w:t>[DP] [NP] REGOLE RIGUARDANTI LA SICUREZZA</w:t>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>SEGNALI A TERRA</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F67F01A" w14:textId="2B90E23A" w:rsidR="0038567A" w:rsidRPr="00D902A7" w:rsidRDefault="00D902A7" w:rsidP="00BC61D2">
-[...204 lines deleted...]
-    <w:p w14:paraId="1DF4FEDF" w14:textId="26CAA986" w:rsidR="00EF718E" w:rsidRPr="00BC61D2" w:rsidRDefault="00EF718E" w:rsidP="00BC61D2">
+    <w:p w:rsidR="00225B15" w:rsidRPr="00D6728C" w:rsidRDefault="00225B15" w:rsidP="00D6728C">
       <w:pPr>
         <w:pStyle w:val="Paragrafoelenco"/>
+        <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="12"/>
+          <w:numId w:val="23"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:tabs>
-[...3 lines deleted...]
-        <w:ind w:right="116"/>
+        <w:spacing w:before="2" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...35 lines deleted...]
-        <w:t>il tempo limite delle proteste.</w:t>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D6728C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Segnali fatti a terra saranno esposti </w:t>
+      </w:r>
+      <w:r w:rsidR="00F762DF" w:rsidRPr="00D6728C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>all’a</w:t>
+      </w:r>
+      <w:r w:rsidR="00C91802" w:rsidRPr="00D6728C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>l</w:t>
+      </w:r>
+      <w:r w:rsidR="00F762DF" w:rsidRPr="00D6728C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">bero/i dei Segnali situato/i </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D6728C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>___________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28B13924" w14:textId="0062B9A9" w:rsidR="00EF718E" w:rsidRPr="00BC61D2" w:rsidRDefault="00EF718E" w:rsidP="00BC7B23">
+    <w:p w:rsidR="00225B15" w:rsidRDefault="00225B15" w:rsidP="00D6728C">
       <w:pPr>
         <w:pStyle w:val="Paragrafoelenco"/>
+        <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="12"/>
+          <w:numId w:val="23"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:tabs>
-[...3 lines deleted...]
-        <w:ind w:right="117"/>
+        <w:spacing w:before="2" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...9 lines deleted...]
-      </w:r>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E5A75">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Quando il Segnale di Regata “Intelligenza” è esposto a terra le parole “1 minuto” sono modificate con “non meno di </w:t>
+      </w:r>
+      <w:r w:rsidR="002878C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">45 </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002E5A75">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>minuti”</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="2" w:name="_Hlk187327982"/>
+      <w:r w:rsidRPr="002E5A75">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002E5A75">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>modifica i segnal</w:t>
+      </w:r>
+      <w:r w:rsidR="00B60AC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E5A75">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> di regata)</w:t>
+      </w:r>
+      <w:r w:rsidR="00A47955">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="2"/>
     </w:p>
-    <w:p w14:paraId="595DE262" w14:textId="382B3FC6" w:rsidR="00EF718E" w:rsidRPr="00BC61D2" w:rsidRDefault="00EF718E" w:rsidP="00BC7B23">
+    <w:p w:rsidR="00006951" w:rsidRPr="009E42B7" w:rsidRDefault="009E42B7" w:rsidP="00D6728C">
       <w:pPr>
         <w:pStyle w:val="Paragrafoelenco"/>
+        <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="12"/>
+          <w:numId w:val="23"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:tabs>
-[...3 lines deleted...]
-        <w:ind w:right="116"/>
+        <w:spacing w:before="2" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">E’ fatto obbligo alle Imbarcazioni che, per qualsiasi motivo dovessero arrivare a terra lontano dalle rispettive basi nautiche e che non fossero in grado di raggiungere i posti loro assegnati, devono informare appena possibile il Comitato Organizzatore ai seguenti numeri di telefono: </w:t>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E42B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>[DP][NP]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E42B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Nei giorni della manifestazione in cui sono in programma delle prove, le barche non </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B60AC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">dovranno lasciare l’Area loro assegnata finché non sarà esposta la bandiera “D” (Delta del Codice Internazionale dei Segnali - CIS). </w:t>
+      </w:r>
+      <w:r w:rsidR="00B60AC7" w:rsidRPr="00B60AC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Se la bandiera “D” viene esposta con l’identificativo di una batteria, solo le barche di quella batteria potranno lasciare i posti loro assegnati e andare in acqua. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B60AC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Il segnale di avviso o un altro segnale sarà esposto non prima di 45 minuti dall’esposizione della bandiera </w:t>
+      </w:r>
+      <w:r w:rsidR="00B60AC7" w:rsidRPr="00B60AC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B60AC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidR="00B60AC7" w:rsidRPr="00B60AC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B60AC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e comunque non prima dell’orario programmato o differito.</w:t>
+      </w:r>
+      <w:r w:rsidR="00B60AC7" w:rsidRPr="00B60AC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B60AC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(ad integrazione dei </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:proofErr w:type="gramStart"/>
-[...6 lines deleted...]
-        <w:t>xxxxxxxxxx</w:t>
+      <w:r w:rsidRPr="00B60AC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>SdR</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B60AC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="01C2A70B" w14:textId="77777777" w:rsidR="00EF718E" w:rsidRPr="00EF718E" w:rsidRDefault="00EF718E" w:rsidP="00EF718E">
-[...105 lines deleted...]
-      <w:pPr>
+    <w:p w:rsidR="004C56C9" w:rsidRPr="004C56C9" w:rsidRDefault="004C56C9" w:rsidP="00D6728C">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
-        <w:spacing w:before="61"/>
-[...16 lines deleted...]
-      <w:r w:rsidRPr="003A7EA4">
+        <w:spacing w:before="79"/>
+        <w:ind w:hanging="502"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="002060"/>
-        </w:rPr>
-        <w:t xml:space="preserve"> [DP][NP]</w:t>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D6728C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>BOE</w:t>
+      </w:r>
+      <w:r w:rsidR="00B60AC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D7AA13A" w14:textId="77777777" w:rsidR="003A7EA4" w:rsidRPr="003A7EA4" w:rsidRDefault="003A7EA4" w:rsidP="00A57B49">
-[...82 lines deleted...]
-      <w:pPr>
+    <w:p w:rsidR="004C56C9" w:rsidRPr="004C56C9" w:rsidRDefault="004C56C9" w:rsidP="00D6728C">
+      <w:pPr>
+        <w:pStyle w:val="Paragrafoelenco"/>
+        <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
-[...30 lines deleted...]
-          <w:numId w:val="13"/>
+          <w:numId w:val="23"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:before="2" w:line="276" w:lineRule="auto"/>
-        <w:ind w:hanging="502"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C56C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Le boe saranno:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4681A04C" w14:textId="547FCEC0" w:rsidR="009A2DAB" w:rsidRPr="00A57B49" w:rsidRDefault="00BC61D2" w:rsidP="00A57B49">
-[...76 lines deleted...]
-    <w:p w14:paraId="087E03B1" w14:textId="7D2CCE82" w:rsidR="009A2DAB" w:rsidRDefault="00BC61D2">
+    <w:p w:rsidR="00B60AC7" w:rsidRPr="002C6A79" w:rsidRDefault="00B60AC7" w:rsidP="002C6A79">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="948"/>
           <w:tab w:val="left" w:pos="949"/>
         </w:tabs>
         <w:spacing w:before="4" w:after="12"/>
-        <w:ind w:left="426" w:hanging="426"/>
+        <w:ind w:left="142"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:highlight w:val="cyan"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a"/>
         <w:tblpPr w:leftFromText="141" w:rightFromText="141" w:vertAnchor="text" w:tblpX="421" w:tblpY="141"/>
         <w:tblW w:w="9072" w:type="dxa"/>
-        <w:tblInd w:w="0" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2405"/>
-        <w:gridCol w:w="2131"/>
+        <w:gridCol w:w="2547"/>
+        <w:gridCol w:w="1701"/>
         <w:gridCol w:w="2268"/>
-        <w:gridCol w:w="2268"/>
+        <w:gridCol w:w="2556"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009A2DAB" w14:paraId="1CF13DF9" w14:textId="77777777" w:rsidTr="00FB14D6">
+      <w:tr w:rsidR="004C56C9" w:rsidRPr="004C56C9" w:rsidTr="005C1C50">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2405" w:type="dxa"/>
+            <w:tcW w:w="2547" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6560532C" w14:textId="716D5569" w:rsidR="009A2DAB" w:rsidRDefault="00B00F11">
+          <w:p w:rsidR="004C56C9" w:rsidRPr="00926940" w:rsidRDefault="004C56C9" w:rsidP="005C1C50">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:before="2" w:line="222" w:lineRule="auto"/>
-              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="002060"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00926940">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="002060"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="yellow"/>
               </w:rPr>
-              <w:t>BOE 1, 2, 3</w:t>
-[...31 lines deleted...]
-              <w:t xml:space="preserve">, </w:t>
+              <w:t xml:space="preserve">BOE 1, 2, 3s/3p,4s/4p, </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2131" w:type="dxa"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3B63AFD4" w14:textId="77777777" w:rsidR="009A2DAB" w:rsidRDefault="00B00F11">
+          <w:p w:rsidR="004C56C9" w:rsidRPr="00926940" w:rsidRDefault="004C56C9" w:rsidP="00DB6CFF">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:before="2" w:line="222" w:lineRule="auto"/>
               <w:ind w:right="182"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="002060"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00926940">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="002060"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="yellow"/>
               </w:rPr>
-              <w:t>NUOVA BOA 1, 2</w:t>
+              <w:t>BOE 7</w:t>
+            </w:r>
+            <w:r w:rsidR="005C1C50" w:rsidRPr="00926940">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00926940">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>8s/8p</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7A5D209E" w14:textId="77777777" w:rsidR="009A2DAB" w:rsidRDefault="00B00F11">
+          <w:p w:rsidR="004C56C9" w:rsidRPr="00926940" w:rsidRDefault="004C56C9" w:rsidP="00DB6CFF">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:before="2" w:line="222" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="002060"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00926940">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="002060"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="yellow"/>
               </w:rPr>
-              <w:t>BOA DI PARTENZA</w:t>
+              <w:t>BO</w:t>
+            </w:r>
+            <w:r w:rsidR="005C1C50" w:rsidRPr="00926940">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00926940">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> DI PARTENZA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcW w:w="2556" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="61B94DF9" w14:textId="77777777" w:rsidR="009A2DAB" w:rsidRDefault="00B00F11">
+          <w:p w:rsidR="004C56C9" w:rsidRPr="00926940" w:rsidRDefault="004C56C9" w:rsidP="00DB6CFF">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:before="2" w:line="222" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="002060"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00926940">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="002060"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="yellow"/>
               </w:rPr>
-              <w:t>BOA DI ARRIVO</w:t>
+              <w:t>BO</w:t>
+            </w:r>
+            <w:r w:rsidR="005C1C50" w:rsidRPr="00926940">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>E</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00926940">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> DI ARRIVO</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009A2DAB" w14:paraId="24A8E6F3" w14:textId="77777777" w:rsidTr="00FB14D6">
+      <w:tr w:rsidR="004C56C9" w:rsidRPr="004C56C9" w:rsidTr="005C1C50">
         <w:trPr>
           <w:trHeight w:val="592"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2405" w:type="dxa"/>
+            <w:tcW w:w="2547" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6DE33E3D" w14:textId="77777777" w:rsidR="009A2DAB" w:rsidRDefault="00B00F11">
+          <w:p w:rsidR="004C56C9" w:rsidRPr="00926940" w:rsidRDefault="004C56C9" w:rsidP="00DB6CFF">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:before="1"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FF0000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00926940">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FF0000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>Colore XXX</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2131" w:type="dxa"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="41D7A09F" w14:textId="77777777" w:rsidR="009A2DAB" w:rsidRDefault="00B00F11">
+          <w:p w:rsidR="004C56C9" w:rsidRPr="00926940" w:rsidRDefault="004C56C9" w:rsidP="00DB6CFF">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:before="1"/>
               <w:ind w:right="219"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FF0000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00926940">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FF0000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>Colore XXX</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0839D459" w14:textId="77777777" w:rsidR="009A2DAB" w:rsidRDefault="00B00F11">
+          <w:p w:rsidR="004C56C9" w:rsidRPr="00926940" w:rsidRDefault="004C56C9" w:rsidP="00DB6CFF">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:before="3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FF0000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00926940">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FF0000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>Colore XXX</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcW w:w="2556" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2D9412FB" w14:textId="5BDF6727" w:rsidR="009A2DAB" w:rsidRDefault="00F252A0">
+          <w:p w:rsidR="004C56C9" w:rsidRPr="00926940" w:rsidRDefault="005C1C50" w:rsidP="005C1C50">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:before="3"/>
-              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FF0000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00926940">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FF0000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="yellow"/>
               </w:rPr>
-              <w:t>Colore</w:t>
+              <w:t xml:space="preserve">ILCA 7 e 6 </w:t>
             </w:r>
-            <w:r w:rsidR="00B00F11">
+            <w:r w:rsidR="004C56C9" w:rsidRPr="00926940">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FF0000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="yellow"/>
               </w:rPr>
-              <w:t xml:space="preserve"> XXX</w:t>
+              <w:t xml:space="preserve">Colore </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00926940">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>XXX</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005C1C50" w:rsidRPr="00926940" w:rsidRDefault="005C1C50" w:rsidP="005C1C50">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:before="3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00926940">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>ILCA 4 Colore XXXXX</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkEnd w:id="0"/>
     </w:tbl>
-    <w:p w14:paraId="7EB0C1DA" w14:textId="77777777" w:rsidR="009A2DAB" w:rsidRDefault="009A2DAB">
-[...5 lines deleted...]
-        <w:spacing w:before="4" w:after="12"/>
+    <w:p w:rsidR="00B60AC7" w:rsidRDefault="00B60AC7" w:rsidP="00B60AC7">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="709" w:hanging="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Hlk218318607"/>
+    </w:p>
+    <w:p w:rsidR="002C48A8" w:rsidRPr="00B611B3" w:rsidRDefault="00B60AC7" w:rsidP="002C48A8">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:before="2" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="708" w:hanging="708"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-        </w:rPr>
-      </w:pPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B60AC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>N.B.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B60AC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: Le boe di partenza/arrivo potranno essere indifferentemente boe tradizionali (fornite di un </w:t>
+      </w:r>
+      <w:r w:rsidR="002C48A8" w:rsidRPr="00B611B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>proprio ancoraggio) oppure boe robotiche.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="5E09D6A2" w14:textId="54A98F24" w:rsidR="009A2DAB" w:rsidRDefault="00BC61D2">
-      <w:pPr>
+    <w:p w:rsidR="002C48A8" w:rsidRPr="00B611B3" w:rsidRDefault="002C48A8" w:rsidP="002C48A8">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:before="2" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B611B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Relativamente alle boe robotiche si tenga presente che:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C48A8" w:rsidRPr="002C48A8" w:rsidRDefault="002C48A8" w:rsidP="002C48A8">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:before="2" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B611B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">• se trascinate o altrimenti spostate dalla loro posizione torneranno automaticamente al punto </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C48A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>originariamente impostato;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C48A8" w:rsidRPr="00B611B3" w:rsidRDefault="002C48A8" w:rsidP="002C48A8">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:before="2" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C48A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">• il normale spostamento delle boe robotiche non potrà costituire motivo di richiesta di riparazione da parte di una barca, e il </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002C48A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>CdP</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002C48A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> non sarà tenuto a discutere una protesta presentata in tal senso (modifica le RRS 61.1(a) e 61.4(b)). Ciò include, tra gli altri, piccoli aggiustamenti automatici (ad esempio causati da una breve perdita del segnale GPS o dalla corrente) e movimenti di boe che tornano alla posizione originale dopo essere state spinte o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B611B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> trascinate da una barca.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C48A8" w:rsidRPr="00B60AC7" w:rsidRDefault="002C48A8" w:rsidP="002C48A8">
+      <w:pPr>
+        <w:pStyle w:val="Paragrafoelenco"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="948"/>
           <w:tab w:val="left" w:pos="949"/>
         </w:tabs>
         <w:spacing w:before="4" w:after="12"/>
-        <w:ind w:left="426" w:hanging="426"/>
-[...34 lines deleted...]
-      </w:r>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:vanish/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="22796DC6" w14:textId="77777777" w:rsidR="00EF718E" w:rsidRDefault="00EF718E">
-      <w:pPr>
+    <w:p w:rsidR="002C48A8" w:rsidRPr="00B60AC7" w:rsidRDefault="002C48A8" w:rsidP="002C48A8">
+      <w:pPr>
+        <w:pStyle w:val="Paragrafoelenco"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="948"/>
           <w:tab w:val="left" w:pos="949"/>
         </w:tabs>
         <w:spacing w:before="4" w:after="12"/>
-        <w:ind w:left="426" w:hanging="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:vanish/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002C48A8" w:rsidRPr="00B60AC7" w:rsidRDefault="002C48A8" w:rsidP="002C48A8">
+      <w:pPr>
+        <w:pStyle w:val="Paragrafoelenco"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="948"/>
+          <w:tab w:val="left" w:pos="949"/>
+        </w:tabs>
+        <w:spacing w:before="4" w:after="12"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:vanish/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002C48A8" w:rsidRPr="00B60AC7" w:rsidRDefault="002C48A8" w:rsidP="002C48A8">
+      <w:pPr>
+        <w:pStyle w:val="Paragrafoelenco"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="948"/>
+          <w:tab w:val="left" w:pos="949"/>
+        </w:tabs>
+        <w:spacing w:before="4" w:after="12"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:vanish/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002C48A8" w:rsidRPr="00B60AC7" w:rsidRDefault="002C48A8" w:rsidP="002C48A8">
+      <w:pPr>
+        <w:pStyle w:val="Paragrafoelenco"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="948"/>
+          <w:tab w:val="left" w:pos="949"/>
+        </w:tabs>
+        <w:spacing w:before="4" w:after="12"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:vanish/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002C48A8" w:rsidRPr="00B60AC7" w:rsidRDefault="002C48A8" w:rsidP="002C48A8">
+      <w:pPr>
+        <w:pStyle w:val="Paragrafoelenco"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="948"/>
+          <w:tab w:val="left" w:pos="949"/>
+        </w:tabs>
+        <w:spacing w:before="4" w:after="12"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:vanish/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002C48A8" w:rsidRPr="00B611B3" w:rsidRDefault="002C48A8" w:rsidP="002C48A8">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:before="2" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6.2 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B611B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">La </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B611B3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-      </w:pPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>RRS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B611B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 31 continua ad essere applicata</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nelle circostanze descritte al punto precedente.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="3A7BEA3B" w14:textId="00EA0504" w:rsidR="009A2DAB" w:rsidRDefault="00B00F11" w:rsidP="00EF718E">
-      <w:pPr>
+    <w:bookmarkEnd w:id="3"/>
+    <w:p w:rsidR="00C91802" w:rsidRPr="004C56C9" w:rsidRDefault="00C91802" w:rsidP="00225B15">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="948"/>
+          <w:tab w:val="left" w:pos="949"/>
+        </w:tabs>
+        <w:spacing w:before="4" w:after="12"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00225B15" w:rsidRPr="002E5A75" w:rsidRDefault="00225B15" w:rsidP="00D6728C">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
-        <w:spacing w:before="61"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:spacing w:before="79"/>
+        <w:ind w:hanging="502"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E5A75">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="002060"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:color w:val="002060"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>BANDIERE DI CLASSE, DI AVVISO E SEGNALI IDENTIFICATIVI</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3ED5AA0F" w14:textId="7F8AAC99" w:rsidR="009A2DAB" w:rsidRDefault="00BC61D2">
-      <w:pPr>
+    <w:p w:rsidR="00225B15" w:rsidRPr="002E5A75" w:rsidRDefault="00D6728C" w:rsidP="002E5A75">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:before="49"/>
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:spacing w:before="49" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...7 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="00225B15" w:rsidRPr="002E5A75">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.1 Bandiere di Classe usate per il segnale di Avviso:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25E9C603" w14:textId="77777777" w:rsidR="009A2DAB" w:rsidRDefault="00B00F11">
-      <w:pPr>
+    <w:p w:rsidR="00225B15" w:rsidRPr="002E5A75" w:rsidRDefault="00225B15" w:rsidP="002E5A75">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="7"/>
+          <w:numId w:val="5"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="947"/>
           <w:tab w:val="left" w:pos="948"/>
         </w:tabs>
-        <w:spacing w:before="25"/>
-[...9 lines deleted...]
-        </w:rPr>
+        <w:spacing w:before="25" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="567" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E5A75">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Flotta ILCA 7</w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...11 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="002E5A75">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">Bandiera di Classe ILCA, </w:t>
-[...4 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t xml:space="preserve">Bandiera di Classe ILCA </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E5A75">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>bianca</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="145E1C49" w14:textId="77777777" w:rsidR="009A2DAB" w:rsidRDefault="00B00F11">
-      <w:pPr>
+    <w:p w:rsidR="00225B15" w:rsidRPr="002E5A75" w:rsidRDefault="00225B15" w:rsidP="002E5A75">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="7"/>
+          <w:numId w:val="5"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="947"/>
           <w:tab w:val="left" w:pos="948"/>
         </w:tabs>
-        <w:spacing w:before="26"/>
-[...8 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:spacing w:before="26" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="567" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E5A75">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Flotta ILCA 6</w:t>
       </w:r>
+      <w:r w:rsidRPr="002E5A75">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Bandiera di Classe </w:t>
+      </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r>
-[...4 lines deleted...]
-        <w:t xml:space="preserve">  </w:t>
+      <w:r w:rsidRPr="002E5A75">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ILCA  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E5A75">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r>
-[...12 lines deleted...]
-        <w:tab/>
+      <w:r w:rsidRPr="002E5A75">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>verde</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="796FE306" w14:textId="77777777" w:rsidR="009A2DAB" w:rsidRDefault="00B00F11">
-      <w:pPr>
+    <w:p w:rsidR="00225B15" w:rsidRPr="002E5A75" w:rsidRDefault="00225B15" w:rsidP="002E5A75">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="7"/>
+          <w:numId w:val="5"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="947"/>
           <w:tab w:val="left" w:pos="948"/>
         </w:tabs>
-        <w:spacing w:before="16"/>
-[...8 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:spacing w:before="16" w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="567" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E5A75">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Flotta ILCA 4</w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...11 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="002E5A75">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Bandiera di Classe ILCA </w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="002E5A75">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>gialla</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54655A75" w14:textId="77777777" w:rsidR="009A2DAB" w:rsidRDefault="009A2DAB">
-      <w:pPr>
+    <w:p w:rsidR="00225B15" w:rsidRDefault="00D6728C" w:rsidP="002E5A75">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="947"/>
           <w:tab w:val="left" w:pos="948"/>
         </w:tabs>
-        <w:spacing w:before="16"/>
-[...4 lines deleted...]
-      </w:pPr>
+        <w:spacing w:before="16" w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="00225B15" w:rsidRPr="002E5A75">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.2 Qualora per una Classe si debbano disputare regate a batterie, il segnale di avviso </w:t>
+      </w:r>
+      <w:r w:rsidR="00225B15" w:rsidRPr="002E5A75">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">sarà la bandiera del colore </w:t>
+      </w:r>
+      <w:r w:rsidR="00225B15" w:rsidRPr="002E5A75">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">che identifica la batteria come definito </w:t>
+      </w:r>
+      <w:r w:rsidR="00225B15" w:rsidRPr="002E5A75">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nell’Addendum A </w:t>
+      </w:r>
+      <w:r w:rsidR="00225B15" w:rsidRPr="002E5A75">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">delle presenti </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00225B15" w:rsidRPr="002E5A75">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>IdR</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B60AC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="4F4C2F51" w14:textId="2D9AB406" w:rsidR="009A2DAB" w:rsidRDefault="00B00F11" w:rsidP="00EF718E">
-[...4 lines deleted...]
-        </w:numPr>
+    <w:p w:rsidR="00225B15" w:rsidRPr="002E5A75" w:rsidRDefault="00D6728C" w:rsidP="00225B15">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="578"/>
         </w:tabs>
-        <w:spacing w:before="61"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:spacing w:before="59"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="002060"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="00225B15" w:rsidRPr="002E5A75">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="002060"/>
-        </w:rPr>
-        <w:t>PARTENZA</w:t>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>. PARTENZA</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38C01716" w14:textId="6845067D" w:rsidR="009A2DAB" w:rsidRDefault="00BC61D2">
-      <w:pPr>
+    <w:p w:rsidR="00225B15" w:rsidRPr="002E5A75" w:rsidRDefault="00D6728C" w:rsidP="002E5A75">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="947"/>
           <w:tab w:val="left" w:pos="948"/>
         </w:tabs>
-        <w:spacing w:before="47" w:after="25"/>
+        <w:spacing w:before="47" w:after="25" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="000000"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">.1 La procedura di partenza sarà fatta come da RRS 26 con la seguente modifica: il segnale preparatorio sarà la bandiera “U” o la Bandiera Nera. </w:t>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="00225B15" w:rsidRPr="002E5A75">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.1 La procedura di partenza sarà fatta come da RRS 26 con la seguente modifica: il segnale preparatorio potrà solamente essere la bandiera “U” o la Bandiera Nera. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C42669B" w14:textId="75C5A378" w:rsidR="009A2DAB" w:rsidRDefault="00BC61D2">
-[...203 lines deleted...]
-    <w:p w14:paraId="3D9A44B9" w14:textId="77777777" w:rsidR="00BC61D2" w:rsidRPr="002E5A75" w:rsidRDefault="00BC61D2" w:rsidP="00BC61D2">
+    <w:p w:rsidR="00225B15" w:rsidRPr="002E5A75" w:rsidRDefault="00D6728C" w:rsidP="002E5A75">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
-        <w:rPr>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">7.5 La linea di partenza sarà la congiungente fra un’asta con bandiera arancione posta sul battello </w:t>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="00225B15" w:rsidRPr="002E5A75">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.2 </w:t>
+      </w:r>
+      <w:r w:rsidR="00225B15" w:rsidRPr="002E5A75">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">L'orario del primo segnale di avviso per i giorni successivi al primo sarà pubblicato sull’AUC online entro le ore </w:t>
+      </w:r>
+      <w:r w:rsidR="00225B15" w:rsidRPr="002E5A75">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>20.00</w:t>
+      </w:r>
+      <w:r w:rsidR="00225B15" w:rsidRPr="002E5A75">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> del giorno precedente in cui avrà effetto. In caso di mancata pubblicazione del Comunicato sarà valido l'orario del giorno precedente. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00225B15" w:rsidRPr="002E5A75" w:rsidRDefault="00D6728C" w:rsidP="002E5A75">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="2880"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="00225B15" w:rsidRPr="002E5A75">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.3 </w:t>
+      </w:r>
+      <w:r w:rsidR="00225B15" w:rsidRPr="002E5A75">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Il segnale di avviso per ogni prova successiva alla prima del giorno sarà dato quanto prima possibile</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00225B15" w:rsidRPr="002E5A75" w:rsidRDefault="00D6728C" w:rsidP="002E5A75">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="00225B15" w:rsidRPr="002E5A75">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.4 </w:t>
+      </w:r>
+      <w:r w:rsidR="00225B15" w:rsidRPr="002E5A75">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Per informare le barche che una prova o una serie di prove inizierà presto, la bandiera arancione</w:t>
+      </w:r>
+      <w:r w:rsidR="00A15807">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, che </w:t>
+      </w:r>
+      <w:r w:rsidR="00225B15" w:rsidRPr="002E5A75">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>delimita</w:t>
+      </w:r>
+      <w:r w:rsidR="00A15807">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> l’estremo di dritta del</w:t>
+      </w:r>
+      <w:r w:rsidR="00225B15" w:rsidRPr="002E5A75">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>la linea di partenza</w:t>
+      </w:r>
+      <w:r w:rsidR="00A15807">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00225B15" w:rsidRPr="002E5A75">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sarà esposta con un suono almeno cinque minuti prima che sia dato il segnale di </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00225B15" w:rsidRPr="002E5A75">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>avviso  (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="000B3168">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>modifica</w:t>
+      </w:r>
+      <w:r w:rsidR="00225B15" w:rsidRPr="002E5A75">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A15807">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>dei Segnali di Regata</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="4" w:name="_Hlk156118629"/>
+      <w:r w:rsidR="000B3168">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+      <w:r w:rsidR="00225B15" w:rsidRPr="002E5A75">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00225B15" w:rsidRPr="002E5A75" w:rsidRDefault="00D6728C" w:rsidP="002E5A75">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="00225B15" w:rsidRPr="002E5A75">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.5 La linea di partenza sarà la congiungente fra un’asta con bandiera arancione posta sul</w:t>
+      </w:r>
+      <w:r w:rsidR="00B60AC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>l’imbarcazione</w:t>
+      </w:r>
+      <w:r w:rsidR="00225B15" w:rsidRPr="002E5A75">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="002E5A75">
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidR="00225B15" w:rsidRPr="002E5A75">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>CdR</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="002E5A75">
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidR="00225B15" w:rsidRPr="002E5A75">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> e:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="624B4BD7" w14:textId="32849F87" w:rsidR="00BC61D2" w:rsidRPr="002E5A75" w:rsidRDefault="00BC61D2" w:rsidP="00BC61D2">
-      <w:pPr>
+    <w:p w:rsidR="00225B15" w:rsidRPr="002E5A75" w:rsidRDefault="00225B15" w:rsidP="002E5A75">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="15"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-      </w:pPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="5" w:name="_Hlk164270774"/>
       <w:r w:rsidRPr="002E5A75">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-        <w:t xml:space="preserve">un’asta con bandiera arancione sul battello </w:t>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>un’asta con bandiera arancione sul</w:t>
+      </w:r>
+      <w:r w:rsidR="00B60AC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>l’imbarcazione</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E5A75">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="002E5A75">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>controstarter</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="002E5A75">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> posto sul lato sinistro della linea</w:t>
       </w:r>
-      <w:r w:rsidR="00BD28B5">
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidR="00A647BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> oppure</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="209635CA" w14:textId="43FC102D" w:rsidR="00BC61D2" w:rsidRPr="00BD28B5" w:rsidRDefault="00BC61D2" w:rsidP="00BD28B5">
-      <w:pPr>
+    <w:p w:rsidR="00225B15" w:rsidRPr="009E42B7" w:rsidRDefault="00F43722" w:rsidP="002E5A75">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="15"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="283"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">una boa gonfiabile posta sul lato sinistro della linea, </w:t>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="_Hlk187328304"/>
+      <w:r w:rsidRPr="009E42B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>il lato del percorso di</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="6"/>
+      <w:r w:rsidR="009E42B7" w:rsidRPr="009E42B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00225B15" w:rsidRPr="009E42B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>una boa pos</w:t>
+      </w:r>
+      <w:r w:rsidR="008F6120">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>izionata</w:t>
+      </w:r>
+      <w:r w:rsidR="00225B15" w:rsidRPr="009E42B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sul lato sinistro della linea</w:t>
+      </w:r>
+      <w:r w:rsidR="00A647BF" w:rsidRPr="009E42B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27802CF2" w14:textId="5917DAFB" w:rsidR="009A2DAB" w:rsidRDefault="00BC61D2" w:rsidP="00BD28B5">
-      <w:pPr>
+    <w:bookmarkEnd w:id="5"/>
+    <w:p w:rsidR="00225B15" w:rsidRPr="002E5A75" w:rsidRDefault="00D6728C" w:rsidP="00A647BF">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="706"/>
         </w:tabs>
-        <w:spacing w:before="15" w:line="254" w:lineRule="auto"/>
-        <w:ind w:left="851" w:right="117" w:hanging="851"/>
+        <w:spacing w:before="15" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="851" w:hanging="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="000000"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...13 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="00225B15" w:rsidRPr="009E42B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.6 </w:t>
+      </w:r>
+      <w:r w:rsidR="00225B15" w:rsidRPr="009E42B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>[DP]</w:t>
       </w:r>
-      <w:r w:rsidR="00B00F11">
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> Un galleggiante potrà essere ormeggiato sulla catena o cima d’ormeggio o filata a poppa del battello di partenza del </w:t>
+      <w:r w:rsidR="00225B15" w:rsidRPr="009E42B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Un galleggiante potrà essere ormeggiato sulla catena o cima d’ormeggio o filata a poppa del</w:t>
+      </w:r>
+      <w:r w:rsidR="000B3168" w:rsidRPr="009E42B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">l’imbarcazione </w:t>
+      </w:r>
+      <w:r w:rsidR="00225B15" w:rsidRPr="009E42B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">di partenza del </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00B00F11">
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidR="00225B15" w:rsidRPr="009E42B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>CdR</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00B00F11">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">. Le barche non dovranno mai passare fra questo galleggiante e il battello di partenza del </w:t>
+      <w:r w:rsidR="00225B15" w:rsidRPr="009E42B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Le barche non dovranno mai passare fra questo galleggiante e </w:t>
+      </w:r>
+      <w:r w:rsidR="000B3168" w:rsidRPr="009E42B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>l’imbarcazione</w:t>
+      </w:r>
+      <w:r w:rsidR="00225B15" w:rsidRPr="009E42B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> di partenza del </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00B00F11">
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidR="00225B15" w:rsidRPr="009E42B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>CdR</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00B00F11">
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidR="00225B15" w:rsidRPr="009E42B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B48F6FC" w14:textId="65084023" w:rsidR="009A2DAB" w:rsidRDefault="00BC61D2" w:rsidP="00BD28B5">
+    <w:p w:rsidR="00225B15" w:rsidRPr="002C6A79" w:rsidRDefault="00D6728C" w:rsidP="004C56C9">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:line="254" w:lineRule="auto"/>
         <w:ind w:left="851" w:right="118" w:hanging="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
+          <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="00225B15" w:rsidRPr="002E5A75">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.7 </w:t>
+      </w:r>
+      <w:r w:rsidR="00225B15" w:rsidRPr="002E5A75">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>[DP]</w:t>
+      </w:r>
+      <w:r w:rsidR="00225B15" w:rsidRPr="002E5A75">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Quando è in corso una sequenza dei segnali di partenza, le barche il cui segnale di avviso non è ancora stato esposto dovranno evitare l’area di partenza. Per area di partenza si deve intendere il rettangolo che si estende </w:t>
+      </w:r>
+      <w:r w:rsidR="00225B15" w:rsidRPr="002E5A75">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">circa </w:t>
+      </w:r>
+      <w:r w:rsidR="00225B15" w:rsidRPr="002E5A75">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>100 metri dalla linea di partenza in tutte le</w:t>
+      </w:r>
+      <w:r w:rsidR="00357907">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00225B15" w:rsidRPr="002E5A75">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>direzioni</w:t>
+      </w:r>
+      <w:r w:rsidR="002E5A75">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="7" w:name="_Hlk156118750"/>
+      <w:r w:rsidR="00357907">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004C56C9" w:rsidRPr="002C6A79">
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00B00F11">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Il </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004C56C9" w:rsidRPr="002C6A79">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00B00F11">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>CdR</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004C56C9" w:rsidRPr="002C6A79">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
-[...4 lines deleted...]
-      <w:r w:rsidR="00B00F11">
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a sua discrezione, previo comunicato, potrà posizionare una </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004C56C9" w:rsidRPr="002C6A79">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidR="00B00F11">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>waiting</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004C56C9" w:rsidRPr="002C6A79">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidR="00B00F11">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> area</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r w:rsidR="004C56C9" w:rsidRPr="002C6A79">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...25 lines deleted...]
-        <w:t xml:space="preserve"> area.</w:t>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-[...1 lines deleted...]
-      <w:pPr>
+    <w:p w:rsidR="00225B15" w:rsidRPr="002E5A75" w:rsidRDefault="00D6728C" w:rsidP="002E5A75">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="685"/>
         </w:tabs>
-        <w:spacing w:before="1" w:line="254" w:lineRule="auto"/>
-        <w:ind w:left="426" w:right="173" w:hanging="426"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="000000"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-        <w:t>è così modificata: i numeri velici saranno esposti per almeno 3 minuti. Verrà emesso un lungo segnale acustico all’esposizione dei numeri velici delle barche BFD.</w:t>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="00225B15" w:rsidRPr="002E5A75">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.8 Partenza con bandiera nera: La RRS 30.4 è così modificata: i numeri velici saranno esposti per almeno 3 minuti. Verrà emesso un lungo segnale acustico all’esposizione dei numeri velici delle barche BFD.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A0ECD84" w14:textId="250E9E42" w:rsidR="009A2DAB" w:rsidRDefault="00BC61D2">
-      <w:pPr>
+    <w:p w:rsidR="00225B15" w:rsidRPr="002E5A75" w:rsidRDefault="00D6728C" w:rsidP="002E5A75">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="637"/>
         </w:tabs>
-        <w:spacing w:before="4" w:line="254" w:lineRule="auto"/>
-        <w:ind w:left="426" w:right="206" w:hanging="426"/>
+        <w:spacing w:before="4" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="000000"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> Una barca che parta più di 4 minuti dopo il suo segnale di partenza sarà classificata DNS senza udienza (modifica le RRS 35, 63.1, A4 e A5).</w:t>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="00225B15" w:rsidRPr="002E5A75">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.9 Una barca che parta più di 4 minuti dopo il suo segnale di partenza sarà classificata DNS senza udienza (modifica le RRS 35,</w:t>
+      </w:r>
+      <w:r w:rsidR="000B3168">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 60.5, </w:t>
+      </w:r>
+      <w:r w:rsidR="00225B15" w:rsidRPr="002E5A75">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>A4 e A5).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64EF0297" w14:textId="0F84A752" w:rsidR="009A2DAB" w:rsidRDefault="00BC61D2">
-      <w:pPr>
+    <w:p w:rsidR="00225B15" w:rsidRDefault="00D6728C" w:rsidP="002E5A75">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="685"/>
         </w:tabs>
-        <w:spacing w:line="254" w:lineRule="auto"/>
-        <w:ind w:left="426" w:right="129" w:hanging="426"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="00225B15" w:rsidRPr="002E5A75">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.10 Il limite minimo di vento per dare la partenza è fissato a 5 nodi. Per regatare il limite superiore di velocità del vento è posto a 25 nodi. Solo in condizioni particolari il </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00225B15" w:rsidRPr="002E5A75">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>CdR</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00225B15" w:rsidRPr="002E5A75">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> potrà consentire di regatare con vento fino a 30 nodi. Le </w:t>
+      </w:r>
+      <w:r w:rsidR="00225B15" w:rsidRPr="00F43722">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">decisioni del </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00225B15" w:rsidRPr="00F43722">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>CdR</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00225B15" w:rsidRPr="00F43722">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in tal senso non potranno essere oggetto di richiesta di riparazione (modifica la RRS </w:t>
+      </w:r>
+      <w:r w:rsidR="002C6A79" w:rsidRPr="00F43722">
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>61.1(a</w:t>
+      </w:r>
+      <w:r w:rsidR="00926940" w:rsidRPr="00F43722">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00B00F11">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>))</w:t>
+      </w:r>
+      <w:r w:rsidR="00F43722" w:rsidRPr="00F43722">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...32 lines deleted...]
-        <w:t xml:space="preserve"> in tal senso non potranno essere oggetto di richiesta di riparazione (modifica la RRS 60.1(b)).</w:t>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40433931" w14:textId="77777777" w:rsidR="009A2DAB" w:rsidRDefault="009A2DAB">
-      <w:pPr>
+    <w:p w:rsidR="007049C7" w:rsidRPr="002E5A75" w:rsidRDefault="007049C7" w:rsidP="002E5A75">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="685"/>
         </w:tabs>
-        <w:spacing w:line="254" w:lineRule="auto"/>
-        <w:ind w:left="426" w:right="129" w:hanging="426"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="000000"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6DF5DA93" w14:textId="7B6E6671" w:rsidR="009A2DAB" w:rsidRDefault="00B00F11" w:rsidP="008A0F7B">
-[...4 lines deleted...]
-        </w:numPr>
+    <w:p w:rsidR="00225B15" w:rsidRDefault="00D6728C" w:rsidP="00225B15">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:tabs>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:spacing w:before="15"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="002060"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="002060"/>
-        </w:rPr>
-        <w:t>CAMBIO DEL SUCCESSIVO LATO DEL PERCORSO</w:t>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidR="00225B15" w:rsidRPr="002E5A75">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>. CAMBIO DEL SUCCESSIVO LATO DEL PERCORSO</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37322D1E" w14:textId="5F4514B8" w:rsidR="00D902A7" w:rsidRPr="00D902A7" w:rsidRDefault="00BC61D2" w:rsidP="00D902A7">
-      <w:pPr>
+    <w:p w:rsidR="00A26575" w:rsidRPr="002E5A75" w:rsidRDefault="00D6728C" w:rsidP="00A26575">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="685"/>
         </w:tabs>
-        <w:spacing w:line="254" w:lineRule="auto"/>
-        <w:ind w:left="426" w:right="129" w:hanging="426"/>
+        <w:spacing w:before="1"/>
+        <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="000000"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...32 lines deleted...]
-        <w:t xml:space="preserve"> può:</w:t>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidR="00A26575" w:rsidRPr="00A26575">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.1 Il cambio di percorso </w:t>
+      </w:r>
+      <w:r w:rsidR="00F43722">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>non</w:t>
+      </w:r>
+      <w:r w:rsidR="00A26575" w:rsidRPr="00A26575">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> è </w:t>
+      </w:r>
+      <w:r w:rsidR="00F43722">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>previsto</w:t>
+      </w:r>
+      <w:r w:rsidR="00A26575" w:rsidRPr="00A26575">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1AF99D49" w14:textId="08C09716" w:rsidR="00D902A7" w:rsidRPr="00D902A7" w:rsidRDefault="00D902A7" w:rsidP="00D902A7">
-      <w:pPr>
+    <w:p w:rsidR="00225B15" w:rsidRPr="002E5A75" w:rsidRDefault="00D6728C" w:rsidP="00225B15">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="685"/>
         </w:tabs>
-        <w:spacing w:line="254" w:lineRule="auto"/>
-        <w:ind w:left="426" w:right="129" w:hanging="426"/>
+        <w:spacing w:before="1"/>
+        <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="000000"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...9 lines deleted...]
-        <w:t>a) spostare la boa al vento oppure,</w:t>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidR="00225B15" w:rsidRPr="002E5A75">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.4 I percorsi potranno essere ridotti, ma non prima che sia stato compiuto il terzo lato (modifica la RRS 32).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="787051D6" w14:textId="0FA35A01" w:rsidR="00D902A7" w:rsidRDefault="00D902A7" w:rsidP="00D902A7">
-      <w:pPr>
+    <w:p w:rsidR="00225B15" w:rsidRPr="002E5A75" w:rsidRDefault="00D6728C" w:rsidP="00225B15">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:tabs>
-[...3 lines deleted...]
-        <w:ind w:left="426" w:right="129" w:hanging="426"/>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="000000"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...16 lines deleted...]
-        <w:t>oppure</w:t>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidR="00225B15" w:rsidRPr="002E5A75">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.5 Se una boa del cancello è mancante e non viene rimpiazzata come descritto nella RRS 34 allora la boa rimanente deve essere lasciata a sinistra. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="080087A4" w14:textId="0323CE05" w:rsidR="00D902A7" w:rsidRDefault="00D902A7" w:rsidP="00D902A7">
-[...261 lines deleted...]
-      <w:pPr>
+    <w:p w:rsidR="00225B15" w:rsidRPr="002E5A75" w:rsidRDefault="00D6728C" w:rsidP="00225B15">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="738"/>
         </w:tabs>
         <w:spacing w:before="13" w:line="254" w:lineRule="auto"/>
-        <w:ind w:left="426" w:right="118" w:hanging="426"/>
+        <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidR="00225B15" w:rsidRPr="002E5A75">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>. ARRIVO</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="06016737" w14:textId="6A6694DC" w:rsidR="009A2DAB" w:rsidRDefault="00B00F11" w:rsidP="008A0F7B">
-      <w:pPr>
+    <w:p w:rsidR="00225B15" w:rsidRPr="002E5A75" w:rsidRDefault="00D6728C" w:rsidP="00225B15">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:before="4"/>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidR="00225B15" w:rsidRPr="002E5A75">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.1 La linea d’arrivo sarà quella compresa fra un’asta con bandiera Blu posta sul battello </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00225B15" w:rsidRPr="002E5A75">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>CdR</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00225B15" w:rsidRPr="002E5A75">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00225B15" w:rsidRPr="009E42B7" w:rsidRDefault="00225B15" w:rsidP="00225B15">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="7"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
-        <w:spacing w:before="61"/>
-[...14 lines deleted...]
-      </w:r>
+        <w:spacing w:before="14"/>
+        <w:ind w:left="426" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E5A75">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">un’asta con bandiera blu </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E42B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">esposta su un battello contro arrivi del </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E42B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>CdR</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="7EE15BC7" w14:textId="19F91301" w:rsidR="009A2DAB" w:rsidRDefault="00BC7B23" w:rsidP="00F252A0">
-      <w:pPr>
+    <w:p w:rsidR="00225B15" w:rsidRPr="002E5A75" w:rsidRDefault="00225B15" w:rsidP="00225B15">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:before="4"/>
-        <w:ind w:left="426" w:hanging="426"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:spacing w:before="14"/>
+        <w:ind w:hanging="294"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-        <w:t xml:space="preserve"> e:</w:t>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="8" w:name="_Hlk187328336"/>
+      <w:r w:rsidRPr="009E42B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>il lato de</w:t>
+      </w:r>
+      <w:r w:rsidR="007049C7" w:rsidRPr="009E42B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>l percorso di una boa</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E42B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> di </w:t>
+      </w:r>
+      <w:r w:rsidR="00F43722" w:rsidRPr="009E42B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>arrivo</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="8"/>
+      <w:r w:rsidRPr="009E42B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> posta</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E5A75">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nelle vicinanze, </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="268AE757" w14:textId="7B68FA5F" w:rsidR="009A2DAB" w:rsidRDefault="00B00F11" w:rsidP="00F252A0">
-[...4 lines deleted...]
-        </w:numPr>
+    <w:p w:rsidR="00225B15" w:rsidRPr="002E5A75" w:rsidRDefault="00225B15" w:rsidP="00225B15">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:before="14"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00225B15" w:rsidRPr="002E5A75" w:rsidRDefault="00225B15" w:rsidP="00225B15">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1308"/>
         </w:tabs>
         <w:spacing w:before="14"/>
-        <w:ind w:left="993"/>
-[...127 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E5A75">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="002060"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00D6728C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="002060"/>
-        </w:rPr>
-        <w:t>TEMPO LIMITE E TEMPO TARGET</w:t>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E5A75">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>. TEMPO LIMITE E TEMPO TARGET</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5642B4C9" w14:textId="5A5587DF" w:rsidR="009A2DAB" w:rsidRDefault="00BC61D2" w:rsidP="008A0F7B">
-      <w:pPr>
+    <w:p w:rsidR="00225B15" w:rsidRDefault="00225B15" w:rsidP="00225B15">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="637"/>
         </w:tabs>
         <w:spacing w:before="4" w:after="12"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...13 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E5A75">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00D6728C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E5A75">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.1 Il tempo limite ed il tempo target per ogni prova e per ogni Classe sono i seguenti:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="581E6F71" w14:textId="77777777" w:rsidR="009A2DAB" w:rsidRDefault="009A2DAB" w:rsidP="008A0F7B">
-      <w:pPr>
+    <w:p w:rsidR="00DA4879" w:rsidRDefault="00DA4879" w:rsidP="00225B15">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="637"/>
         </w:tabs>
         <w:spacing w:before="4" w:after="12"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="000000"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a0"/>
-        <w:tblW w:w="9238" w:type="dxa"/>
+        <w:tblW w:w="9521" w:type="dxa"/>
         <w:tblInd w:w="113" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3436"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="1451"/>
+        <w:gridCol w:w="3426"/>
+        <w:gridCol w:w="1559"/>
+        <w:gridCol w:w="1701"/>
+        <w:gridCol w:w="1418"/>
+        <w:gridCol w:w="1417"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009A2DAB" w14:paraId="17766201" w14:textId="77777777">
+      <w:tr w:rsidR="00225B15" w:rsidRPr="002E5A75" w:rsidTr="00EB44FD">
         <w:trPr>
           <w:trHeight w:val="489"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3436" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="3426" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="22A61586" w14:textId="77777777" w:rsidR="009A2DAB" w:rsidRDefault="00B00F11">
+          <w:p w:rsidR="00225B15" w:rsidRPr="002E5A75" w:rsidRDefault="00225B15" w:rsidP="000F2DE6">
             <w:pPr>
-              <w:pBdr>
-[...30 lines deleted...]
-            <w:pPr>
+              <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:before="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="002E5A75">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Tempo limite</w:t>
+              <w:t>FLOTTA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1451" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="52929E2F" w14:textId="77777777" w:rsidR="009A2DAB" w:rsidRDefault="00B00F11">
+          <w:p w:rsidR="00225B15" w:rsidRPr="00EB44FD" w:rsidRDefault="00225B15" w:rsidP="00EB44FD">
             <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:ind w:left="4"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="002060"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EB44FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="002060"/>
+              </w:rPr>
+              <w:t>Tempo limite</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00225B15" w:rsidRPr="00EB44FD" w:rsidRDefault="00225B15" w:rsidP="00EB44FD">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:ind w:left="4"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="002060"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EB44FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="002060"/>
+              </w:rPr>
+              <w:t>percorso</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFCC"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00225B15" w:rsidRPr="00EB44FD" w:rsidRDefault="00225B15" w:rsidP="00EB44FD">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="002060"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EB44FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="002060"/>
+              </w:rPr>
+              <w:t>Tempo limite</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00225B15" w:rsidRPr="00EB44FD" w:rsidRDefault="00225B15" w:rsidP="00EB44FD">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:ind w:left="3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="002060"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EB44FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="002060"/>
+              </w:rPr>
+              <w:t>boa N. 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFCC"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00225B15" w:rsidRPr="00EB44FD" w:rsidRDefault="00225B15" w:rsidP="00EB44FD">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="002060"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EB44FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="002060"/>
+              </w:rPr>
+              <w:t>Finestra</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00225B15" w:rsidRPr="00EB44FD" w:rsidRDefault="00225B15" w:rsidP="00EB44FD">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="002060"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EB44FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="002060"/>
+              </w:rPr>
+              <w:t>di arrivo</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFCC"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00225B15" w:rsidRPr="00EB44FD" w:rsidRDefault="00225B15" w:rsidP="00EB44FD">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="002060"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EB44FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="002060"/>
+              </w:rPr>
+              <w:t>Tempo target</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00225B15" w:rsidRPr="002E5A75" w:rsidTr="00EB44FD">
+        <w:trPr>
+          <w:trHeight w:val="489"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3426" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00225B15" w:rsidRPr="002E5A75" w:rsidRDefault="00225B15" w:rsidP="000F2DE6">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:before="2"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E5A75">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ILCA 7; ILCA 6 m/f; ILCA 4 m/f</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00225B15" w:rsidRPr="002E5A75" w:rsidRDefault="00225B15" w:rsidP="000F2DE6">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:before="2"/>
+              <w:ind w:left="5"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E5A75">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>70</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E5A75">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>m</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00225B15" w:rsidRPr="002E5A75" w:rsidRDefault="00225B15" w:rsidP="000F2DE6">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:before="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="002E5A75">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Tempo limite</w:t>
+              <w:t>20</w:t>
             </w:r>
-          </w:p>
-[...10 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:r w:rsidRPr="002E5A75">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:vertAlign w:val="superscript"/>
               </w:rPr>
-            </w:pPr>
-[...5 lines deleted...]
-              <w:t>Boa N. 1*</w:t>
+              <w:t xml:space="preserve"> m</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1418" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5A424D79" w14:textId="77777777" w:rsidR="009A2DAB" w:rsidRDefault="00B00F11">
+          <w:p w:rsidR="00225B15" w:rsidRPr="002E5A75" w:rsidRDefault="00225B15" w:rsidP="000F2DE6">
             <w:pPr>
+              <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:before="2"/>
-              <w:ind w:right="277"/>
+              <w:ind w:left="-3"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="002E5A75">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Finestra</w:t>
+              <w:t>20</w:t>
             </w:r>
-          </w:p>
-[...11 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:r w:rsidRPr="002E5A75">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:vertAlign w:val="superscript"/>
               </w:rPr>
-            </w:pPr>
-[...5 lines deleted...]
-              <w:t>di arrivo</w:t>
+              <w:t xml:space="preserve"> m</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1451" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="54453462" w14:textId="77777777" w:rsidR="009A2DAB" w:rsidRDefault="00B00F11">
+          <w:p w:rsidR="00225B15" w:rsidRPr="002E5A75" w:rsidRDefault="00225B15" w:rsidP="000F2DE6">
             <w:pPr>
-              <w:pBdr>
-[...85 lines deleted...]
-            <w:pPr>
+              <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:before="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="002E5A75">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
-              </w:rPr>
-[...117 lines deleted...]
-                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>45/50</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="002E5A75">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
-              <w:t>m</w:t>
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve"> m</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0536FDBE" w14:textId="77777777" w:rsidR="009A2DAB" w:rsidRDefault="009A2DAB">
-[...20 lines deleted...]
-      <w:pPr>
+    <w:p w:rsidR="00225B15" w:rsidRPr="002E5A75" w:rsidRDefault="00225B15" w:rsidP="00225B15">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="685"/>
         </w:tabs>
         <w:spacing w:before="3"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...17 lines deleted...]
-      </w:r>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="09FCFC64" w14:textId="7D4D09E1" w:rsidR="009A2DAB" w:rsidRDefault="00BC61D2">
-      <w:pPr>
+    <w:p w:rsidR="00225B15" w:rsidRPr="002E5A75" w:rsidRDefault="00225B15" w:rsidP="00225B15">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="685"/>
+        </w:tabs>
+        <w:spacing w:before="3"/>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E5A75">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00D6728C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E5A75">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.2 Se nessuna barca avrà girato la Boa 1 entro il tempo limite della Boa 1, la regata sarà </w:t>
+      </w:r>
+      <w:r w:rsidR="008915DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>interrotta</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E5A75">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00225B15" w:rsidRPr="002E5A75" w:rsidRDefault="00225B15" w:rsidP="00225B15">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:before="12"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E5A75">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00D6728C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E5A75">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.3 Il mancato rispe</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F43722">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tto dei tempi target non </w:t>
+      </w:r>
+      <w:r w:rsidR="00F43722">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>potrà essere</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F43722">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> motivo </w:t>
+      </w:r>
+      <w:r w:rsidR="00F43722">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>di</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F43722">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> richiesta di riparazione (modifica la RRS</w:t>
+      </w:r>
+      <w:r w:rsidR="008915DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002C6A79" w:rsidRPr="00F43722">
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>61.</w:t>
+      </w:r>
+      <w:r w:rsidR="008C06FB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00B00F11">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="002C6A79" w:rsidRPr="00F43722">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-        <w:t>.3 Il mancato rispetto dei tempi target non sarà motivo per una richiesta di riparazione (modifica la RRS 60.1(b)).</w:t>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="008C06FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="002C6A79" w:rsidRPr="00F43722">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00F43722" w:rsidRPr="00F43722">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="496B3C54" w14:textId="6015F682" w:rsidR="009A2DAB" w:rsidRDefault="00BC61D2">
-      <w:pPr>
+    <w:p w:rsidR="00225B15" w:rsidRPr="002E5A75" w:rsidRDefault="00225B15" w:rsidP="00225B15">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="685"/>
         </w:tabs>
-        <w:spacing w:before="15" w:line="254" w:lineRule="auto"/>
-        <w:ind w:left="284" w:right="31" w:hanging="284"/>
+        <w:spacing w:after="120" w:line="254" w:lineRule="auto"/>
+        <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...15 lines deleted...]
-        <w:t>.4 Le barche che non finiranno la prova entro il limite di tempo stabilito nella “Finestra d’arrivo” dopo che il primo concorrente ha compiuto il percorso e arriva, saranno classificate DNF senza udienza. Questo modifica le RRS 35, 63.1, A4 e A5.</w:t>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E5A75">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00D6728C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E5A75">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.4 Le barche che non finiranno la prova entro il limite di tempo stabilito nella “Finestra d’arrivo” dopo che il primo concorrente ha compiuto il percorso e arriva, saranno classificate DNF </w:t>
+      </w:r>
+      <w:r w:rsidR="008C06FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">e riceveranno un punteggio corrispondente al numero di barche come indicato al punto 13.2 del </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="008C06FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>BdR</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="008C06FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, più uno. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31F63E9B" w14:textId="77777777" w:rsidR="009A2DAB" w:rsidRDefault="009A2DAB">
-      <w:pPr>
+    <w:p w:rsidR="00452966" w:rsidRPr="002E5A75" w:rsidRDefault="00452966" w:rsidP="00983F83">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="685"/>
+        </w:tabs>
+        <w:spacing w:before="6" w:line="252" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00983F83" w:rsidRDefault="00983F83" w:rsidP="00983F83">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="685"/>
         </w:tabs>
-        <w:spacing w:before="15" w:line="254" w:lineRule="auto"/>
-        <w:ind w:right="31"/>
+        <w:spacing w:before="1" w:after="120" w:line="254" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="002060"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="002060"/>
-        </w:rPr>
-[...303 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00D6728C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="002060"/>
-        </w:rPr>
-      </w:pPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="002060"/>
-        </w:rPr>
-        <w:t>IMBARCAZIONI UFFICIALI</w:t>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00597EC5" w:rsidRPr="00983F83">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>PROTESTE, PENALITA’ E RICHIESTE DI RIPARAZIONE</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="699E61C4" w14:textId="6FA02E40" w:rsidR="009A2DAB" w:rsidRDefault="00BC61D2">
-      <w:pPr>
+    <w:p w:rsidR="008C06FB" w:rsidRPr="008C06FB" w:rsidRDefault="008C06FB" w:rsidP="00983F83">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="685"/>
         </w:tabs>
-        <w:spacing w:before="49" w:after="10"/>
+        <w:spacing w:before="1" w:after="120" w:line="254" w:lineRule="auto"/>
+        <w:ind w:left="420" w:hanging="420"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C06FB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-      </w:pPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00D6728C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C06FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>.1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C06FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Le richieste di reinserimento in classifica o le eventuali domande al </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008C06FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>CdP</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008C06FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008C06FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>CdR</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008C06FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>, comprese l</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C06FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">e richieste di udienza dovranno essere inviate </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C06FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>ESCLUSIVAMENTE</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C06FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tramite il modulo OnLine accessibile cliccando il simbolo </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C06FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">"+" al link: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C06FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">https: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidRPr="008C06FB">
+          <w:rPr>
+            <w:rStyle w:val="Collegamentoipertestuale"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>https://www.racingrulesofsailing.org/documents/xxxxx</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="008C06FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>. Una volta ricevuta la richiesta, questa apparirà subito sull’Albo Ufficiale.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C06FB" w:rsidRPr="008C06FB" w:rsidRDefault="008C06FB" w:rsidP="008C06FB">
+      <w:pPr>
+        <w:ind w:left="420"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C06FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Il richiedente dovrà verificare la corretta registrazione della propria richiesta</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C06FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C06FB" w:rsidRPr="008C06FB" w:rsidRDefault="008C06FB" w:rsidP="008C06FB">
+      <w:pPr>
+        <w:ind w:left="420"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C06FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Qualora il sistema non fosse operativo, contattare la SR per ricevere l’autorizzazione ad inviare la richiesta tramite </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008C06FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>e_mail</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008C06FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008C06FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>xxxxxxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008C06FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> o altra modalità che sarà comunicata. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C06FB" w:rsidRPr="008C06FB" w:rsidRDefault="008C06FB" w:rsidP="008C06FB">
+      <w:pPr>
+        <w:ind w:left="420" w:hanging="420"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C06FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00D6728C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C06FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.2 Il tempo limite per la presentazione del modulo per le richieste di udienza per ogni flotta è di 60 </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008C06FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>minuti  dopo</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008C06FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> l’arrivo dell’ultima barca nell’ultima prova della giornata o dal segnale del </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008C06FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>CdR</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008C06FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> indicante che in quel  giorno non si disputeranno altre prove, quale che sia il termine più tardivo.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C06FB" w:rsidRPr="008C06FB" w:rsidRDefault="008C06FB" w:rsidP="008C06FB">
+      <w:pPr>
+        <w:ind w:left="420" w:hanging="420"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C06FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00D6728C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C06FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.3 Il calendario delle udienze sarà pubblicato entro 30 minuti dallo scadere del tempo limite delle proteste per informare i concorrenti delle udienze in cui essi sono parti. Le udienze si terranno nella sala giuria ubicata </w:t>
+      </w:r>
+      <w:r w:rsidR="006419E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>presso</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008C06FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>xxxxxxxxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="006419E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C06FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="9" w:name="_Hlk198797430"/>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:p w:rsidR="008C06FB" w:rsidRPr="008C06FB" w:rsidRDefault="008C06FB" w:rsidP="008C06FB">
+      <w:pPr>
+        <w:ind w:left="420" w:hanging="420"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C06FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00D6728C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C06FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.4 Le udienze possono essere programmate per iniziare fino a 30 minuti prima dello scadere del tempo limite per le proteste se la/le parte/i sarà/saranno disponibile/i.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C06FB" w:rsidRPr="008C06FB" w:rsidRDefault="008C06FB" w:rsidP="008C06FB">
+      <w:pPr>
+        <w:ind w:left="420" w:hanging="420"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C06FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00D6728C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C06FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.5 L’elenco delle barche penalizzate come da Appendice P per infrazioni della RRS 42 sarà pubblicato al seguente link: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:history="1">
+        <w:r w:rsidRPr="008C06FB">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:szCs w:val="22"/>
+            <w:highlight w:val="yellow"/>
+          </w:rPr>
+          <w:t>https://www.racingrulesofsailing.org/events/</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="008C06FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>xxxxx</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C06FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00983F83" w:rsidRDefault="008C06FB" w:rsidP="00983F83">
+      <w:pPr>
+        <w:ind w:left="420" w:hanging="420"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C06FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00D6728C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C06FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00983F83">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> [NP][DP]  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C06FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Qualsiasi concorrente che abbia compiuto una penalità a norma della RRS 44.1, che si sia ritirato per aver commesso una infrazione alle regole, che desideri essere considerato come ritirato (RET) dopo aver tagliato la linea di arrivo o che non sia riuscito materialmente a ritirarsi per aver ricevuto una penalità a norma delle regole P2.2 o P2.3 (seconda o ulteriori penalità per infrazioni alla regola 42), dovrà compilare il modulo online disponibile cliccando il simbolo"+" </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="10" w:name="_Hlk196659385"/>
+      <w:r w:rsidRPr="008C06FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">al link: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r w:rsidRPr="00983F83">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+            <w:highlight w:val="yellow"/>
+          </w:rPr>
+          <w:t>https://www.racingrulesofsailing.org/events/xxxxxx</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="008C06FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00983F83" w:rsidRPr="00983F83">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">In caso di mancata compilazione la penalità potrà essere considerata come non eseguita. La dichiarazione non è necessaria se la penalità è stata segnalata dai membri del </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00983F83" w:rsidRPr="00983F83">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>CdP</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00983F83" w:rsidRPr="00983F83">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in base all’Appendice P. Un concorrente può accettare una penalità post-regata prima di un’udienza e riguardante lo stesso incidente compilando medesimo modulo.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:p w:rsidR="00983F83" w:rsidRPr="00983F83" w:rsidRDefault="00983F83" w:rsidP="00983F83">
+      <w:pPr>
+        <w:ind w:left="420" w:hanging="420"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="000000"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00B00F11">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00983F83">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="000000"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00F62B0B">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00D6728C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="000000"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00B00F11">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00983F83">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-        <w:t>saranno così identificate:</w:t>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.7 Per infrazioni ad una regola contrassegnata con </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00983F83">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>[SP],</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00983F83">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> o elencata nell’elenco delle Penalità Standard, il CT e/o il </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00983F83">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>CdR</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00983F83">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> potranno applicare la penalità standard senza udienza. Tuttavia, il </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00983F83">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>CdR</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00983F83">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> o il CT può protestare una barca quando ritiene inappropriata la penalità standard (modifica RRS 60.5(b) e l’Appendice A5).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00983F83" w:rsidRPr="00983F83" w:rsidRDefault="00983F83" w:rsidP="00983F83">
+      <w:pPr>
+        <w:ind w:left="420" w:hanging="420"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00983F83">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00983F83">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.8 Le penalità discrezionali saranno applicate solo dal </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00983F83">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>CdP</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00983F83">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> con udienza. L’elenco delle Penalità Discrezionali sarà pubblicato all’AUC.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00983F83" w:rsidRPr="00983F83" w:rsidRDefault="00983F83" w:rsidP="00983F83">
+      <w:pPr>
+        <w:ind w:left="420" w:hanging="420"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00983F83">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00D6728C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00983F83">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.9 Una barca che è stata penalizzata con una penalità standard non potrà né essere protestata da un'altra barca per lo stesso incidente né un'altra barca potrà richiedere riparazione per questa azione di un Comitato (modifica le RRS 60.1 e 61.1(a)).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00983F83" w:rsidRDefault="00983F83" w:rsidP="00983F83">
+      <w:pPr>
+        <w:ind w:left="420" w:hanging="420"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00983F83">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00D6728C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00983F83">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.10 Per tutte le Flotte, nell’ultimo giorno in cui sono in programma prove della Serie di Qualificazione/della Serie Finale, o nell’ultimo giorno di regata, una richiesta di riparazione basata su una decisione del </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00983F83">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>CdP</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00983F83">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> o </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="11" w:name="_Hlk196660184"/>
+      <w:r w:rsidRPr="00983F83">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>una richiesta di riapertura di un’udienza</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="11"/>
+      <w:r w:rsidRPr="00983F83">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, dovrà essere inviata non oltre 30 minuti dal momento dell’esposizione della decisione (modifica la RRS 63.7(b)).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00983F83" w:rsidRPr="00983F83" w:rsidRDefault="00983F83" w:rsidP="00983F83">
+      <w:pPr>
+        <w:ind w:left="420" w:hanging="420"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00983F83" w:rsidRPr="00AD4D41" w:rsidRDefault="00983F83" w:rsidP="00D6728C">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="685"/>
+        </w:tabs>
+        <w:spacing w:before="1" w:after="120" w:line="254" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="365F91"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="365F91"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00D6728C">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="365F91"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="365F91"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D6728C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>PUNTEGGIO</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00983F83" w:rsidRPr="00DA4879" w:rsidRDefault="00983F83" w:rsidP="00983F83">
+      <w:pPr>
+        <w:pStyle w:val="CM2"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="284" w:right="283"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA4879">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Come da </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DA4879">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>BdR</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DA4879">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> punto 13.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00983F83" w:rsidRPr="00DA4879" w:rsidRDefault="00983F83" w:rsidP="00983F83">
+      <w:pPr>
+        <w:pStyle w:val="CM2"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="284" w:right="283"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="Collegamentoipertestuale"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="12" w:name="_Hlk196665315"/>
+      <w:r w:rsidRPr="00DA4879">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Inoltre per richiedere la correzione di un presunto errore del risultato di una prova pubblicato all’albo, una barca può compilare OnLine, un modulo di richiesta di inserimento in classifica disponibile al link </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA4879">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r w:rsidRPr="00DA4879">
+          <w:rPr>
+            <w:rStyle w:val="Collegamentoipertestuale"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:bCs/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+            <w:highlight w:val="yellow"/>
+          </w:rPr>
+          <w:t>https://www.racingrulesofsailing.org/scoring_inquiries/xxxxxx/event</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00DA4879">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:p w:rsidR="00983F83" w:rsidRPr="00983F83" w:rsidRDefault="00983F83" w:rsidP="00983F83">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006017A3" w:rsidRDefault="008C06FB" w:rsidP="00983F83">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="685"/>
+        </w:tabs>
+        <w:spacing w:before="1" w:after="120" w:line="254" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00983F83">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00D6728C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00983F83">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>. IMBARCAZIONI UFFICIALI</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C06FB" w:rsidRPr="00983F83" w:rsidRDefault="008C06FB" w:rsidP="00983F83">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="685"/>
+        </w:tabs>
+        <w:spacing w:before="1" w:after="120" w:line="254" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00983F83">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00D6728C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>4.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00983F83">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>1 Le imbarcazioni ufficiali saranno così identificate:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a1"/>
-        <w:tblW w:w="9546" w:type="dxa"/>
+        <w:tblW w:w="9650" w:type="dxa"/>
         <w:tblInd w:w="240" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
-        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4733"/>
-        <w:gridCol w:w="4813"/>
+        <w:gridCol w:w="4575"/>
+        <w:gridCol w:w="5075"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009A2DAB" w14:paraId="1A1ACB73" w14:textId="77777777">
+      <w:tr w:rsidR="00983F83" w:rsidRPr="00A02078" w:rsidTr="00983F83">
         <w:trPr>
-          <w:trHeight w:val="244"/>
+          <w:trHeight w:val="331"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4733" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="4575" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7C19798F" w14:textId="77777777" w:rsidR="009A2DAB" w:rsidRDefault="00B00F11">
+          <w:p w:rsidR="00983F83" w:rsidRPr="00983F83" w:rsidRDefault="00983F83" w:rsidP="00FB5768">
             <w:pPr>
-              <w:pBdr>
-[...6 lines deleted...]
-              <w:spacing w:before="2" w:line="222" w:lineRule="auto"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="249"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00983F83">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve">Battello partenze </w:t>
+              <w:t>Imbarcazione</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00983F83">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="00983F83">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>partenze</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00983F83">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00983F83">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>CdR</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4813" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="5075" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="78596F96" w14:textId="77777777" w:rsidR="009A2DAB" w:rsidRDefault="00B00F11">
+          <w:p w:rsidR="00983F83" w:rsidRPr="00983F83" w:rsidRDefault="00983F83" w:rsidP="00FB5768">
             <w:pPr>
-              <w:pBdr>
-[...7 lines deleted...]
-              <w:ind w:left="123"/>
+              <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="it-IT"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00983F83">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:w w:val="105"/>
+                <w:lang w:val="it-IT"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bandiera arancione </w:t>
+              <w:t xml:space="preserve"> Bandiera bianca RC e lettera del campo </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009A2DAB" w14:paraId="367153E3" w14:textId="77777777">
+      <w:tr w:rsidR="00983F83" w:rsidRPr="00A02078" w:rsidTr="00983F83">
         <w:trPr>
-          <w:trHeight w:val="269"/>
+          <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4733" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="4575" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="10FBBB4B" w14:textId="77777777" w:rsidR="009A2DAB" w:rsidRDefault="00B00F11">
+          <w:p w:rsidR="00983F83" w:rsidRPr="00983F83" w:rsidRDefault="00983F83" w:rsidP="00FB5768">
             <w:pPr>
-              <w:pBdr>
-[...6 lines deleted...]
-              <w:spacing w:before="2"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="222" w:lineRule="exact"/>
+              <w:ind w:left="249"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="00983F83">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t>CdP</w:t>
+              <w:t>Assistenza</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
+            <w:r w:rsidRPr="00983F83">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t>/Giuria</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00983F83">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>medica</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00983F83">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (se </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00983F83">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>presente</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00983F83">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4813" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="5075" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="244CEEC9" w14:textId="77777777" w:rsidR="009A2DAB" w:rsidRDefault="00B00F11">
+          <w:p w:rsidR="00983F83" w:rsidRPr="00983F83" w:rsidRDefault="00983F83" w:rsidP="00FB5768">
             <w:pPr>
-              <w:pBdr>
-[...7 lines deleted...]
-              <w:ind w:left="123"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="222" w:lineRule="exact"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="it-IT"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00983F83">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:w w:val="105"/>
+                <w:lang w:val="it-IT"/>
               </w:rPr>
-              <w:t>Bandiera gialla con “J” nera</w:t>
+              <w:t xml:space="preserve"> Bandiera Bianca con croce rossa</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009A2DAB" w14:paraId="11037CE7" w14:textId="77777777">
+      <w:tr w:rsidR="00983F83" w:rsidRPr="00A02078" w:rsidTr="00983F83">
         <w:trPr>
-          <w:trHeight w:val="244"/>
+          <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4733" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="4575" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="34ABEE27" w14:textId="77777777" w:rsidR="009A2DAB" w:rsidRDefault="00B00F11">
+          <w:p w:rsidR="00983F83" w:rsidRPr="00983F83" w:rsidRDefault="00983F83" w:rsidP="00FB5768">
             <w:pPr>
-              <w:pBdr>
-[...6 lines deleted...]
-              <w:spacing w:before="2" w:line="222" w:lineRule="auto"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="222" w:lineRule="exact"/>
+              <w:ind w:left="249"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00983F83">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t>Comitato Tecnico</w:t>
+              <w:t>Imbarcazione</w:t>
             </w:r>
-          </w:p>
-[...16 lines deleted...]
-              <w:ind w:left="123"/>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00983F83">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-            </w:pPr>
-[...39 lines deleted...]
-              <w:t xml:space="preserve">Battello arrivi </w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="00983F83">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>arrivi</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00983F83">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> e </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00983F83">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>CdR</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4813" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="5075" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7783105B" w14:textId="0B94E68D" w:rsidR="009A2DAB" w:rsidRDefault="00B00F11">
+          <w:p w:rsidR="00983F83" w:rsidRPr="00983F83" w:rsidRDefault="00983F83" w:rsidP="00FB5768">
             <w:pPr>
-              <w:pBdr>
-[...7 lines deleted...]
-              <w:ind w:left="123"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="222" w:lineRule="exact"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00983F83">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t>Bandi</w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00F62B0B">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00983F83">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t>e</w:t>
+              <w:t>Bandiera</w:t>
             </w:r>
-            <w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00983F83">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t>ra blu</w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00983F83">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>blu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009A2DAB" w14:paraId="02F9D4CA" w14:textId="77777777">
+      <w:tr w:rsidR="00983F83" w:rsidRPr="00A02078" w:rsidTr="00983F83">
         <w:trPr>
-          <w:trHeight w:val="242"/>
+          <w:trHeight w:val="297"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4733" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="4575" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6E68FD35" w14:textId="77777777" w:rsidR="009A2DAB" w:rsidRDefault="00B00F11">
+          <w:p w:rsidR="00983F83" w:rsidRPr="00983F83" w:rsidRDefault="00983F83" w:rsidP="00FB5768">
             <w:pPr>
-              <w:pBdr>
-[...6 lines deleted...]
-              <w:spacing w:before="2" w:line="219" w:lineRule="auto"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="219" w:lineRule="exact"/>
+              <w:ind w:left="249"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00983F83">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t>Assistenza medica</w:t>
+              <w:t>Gommoni</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00983F83">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00983F83">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>CdP</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00983F83">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00983F83">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>osservatori</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00983F83">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> RRS 42</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4813" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="5075" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4CC6D583" w14:textId="77777777" w:rsidR="009A2DAB" w:rsidRDefault="00B00F11">
+          <w:p w:rsidR="00983F83" w:rsidRPr="00983F83" w:rsidRDefault="00983F83" w:rsidP="00FB5768">
             <w:pPr>
-              <w:pBdr>
-[...7 lines deleted...]
-              <w:ind w:left="123"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="222" w:lineRule="exact"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="it-IT"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00983F83">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="it-IT"/>
               </w:rPr>
-              <w:t>Bandiera Bianca con Croce Rossa</w:t>
+              <w:t xml:space="preserve"> Bandiera Gialla con “J” nera o lettera “J” del CIS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009A2DAB" w14:paraId="1F869C12" w14:textId="77777777">
+      <w:tr w:rsidR="00983F83" w:rsidRPr="00A02078" w:rsidTr="00983F83">
         <w:trPr>
-          <w:trHeight w:val="244"/>
+          <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4733" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="4575" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="456506D3" w14:textId="77777777" w:rsidR="009A2DAB" w:rsidRDefault="00B00F11">
+          <w:p w:rsidR="00983F83" w:rsidRPr="00983F83" w:rsidRDefault="00983F83" w:rsidP="00FB5768">
             <w:pPr>
-              <w:pBdr>
-[...6 lines deleted...]
-              <w:spacing w:before="5" w:line="219" w:lineRule="auto"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="5" w:line="219" w:lineRule="exact"/>
+              <w:ind w:left="249"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00983F83">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:w w:val="105"/>
               </w:rPr>
               <w:t>Media</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4813" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="5075" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4FC3A465" w14:textId="77777777" w:rsidR="009A2DAB" w:rsidRDefault="00B00F11">
+          <w:p w:rsidR="00983F83" w:rsidRPr="00983F83" w:rsidRDefault="00983F83" w:rsidP="00FB5768">
             <w:pPr>
-              <w:pBdr>
-[...7 lines deleted...]
-              <w:ind w:left="123"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="5" w:line="219" w:lineRule="exact"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="it-IT"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00983F83">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:w w:val="105"/>
+                <w:lang w:val="it-IT"/>
               </w:rPr>
-              <w:t>Bandiera Bianca con lettera “P”</w:t>
+              <w:t xml:space="preserve"> Bandiera Bianca con lettera “P” </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009A2DAB" w14:paraId="10B88D7C" w14:textId="77777777">
+      <w:tr w:rsidR="00983F83" w:rsidRPr="00A02078" w:rsidTr="00983F83">
         <w:trPr>
-          <w:trHeight w:val="244"/>
+          <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4733" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="4575" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0A1E2F2A" w14:textId="77777777" w:rsidR="009A2DAB" w:rsidRDefault="00B00F11">
+          <w:p w:rsidR="00983F83" w:rsidRPr="00983F83" w:rsidRDefault="00983F83" w:rsidP="00FB5768">
             <w:pPr>
-              <w:pBdr>
-[...6 lines deleted...]
-              <w:spacing w:before="2" w:line="222" w:lineRule="auto"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="222" w:lineRule="exact"/>
+              <w:ind w:left="249"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00983F83">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t>Mezzi assistenza/</w:t>
+              <w:t>Mezzi</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00983F83">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="00983F83">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>assistenza</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00983F83">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00983F83">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>posaboe</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
+            <w:r w:rsidRPr="00983F83">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve"> dell’organizzazione</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00983F83">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>dell’organizzazione</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5075" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00983F83" w:rsidRPr="00983F83" w:rsidRDefault="00983F83" w:rsidP="00FB5768">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="222" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="it-IT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00983F83">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="it-IT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Bandiera Guidone del Circolo</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00983F83" w:rsidRPr="00A02078" w:rsidTr="00983F83">
+        <w:trPr>
+          <w:trHeight w:val="601"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4575" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00983F83" w:rsidRPr="00983F83" w:rsidRDefault="00983F83" w:rsidP="00FB5768">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="249"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="it-IT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00983F83">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:w w:val="105"/>
+                <w:lang w:val="it-IT"/>
+              </w:rPr>
+              <w:t>Mezzi degli allenatori, team leader e personale di supporto</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4813" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="5075" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="430422D1" w14:textId="77777777" w:rsidR="009A2DAB" w:rsidRDefault="00B00F11">
+          <w:p w:rsidR="00983F83" w:rsidRPr="00983F83" w:rsidRDefault="00983F83" w:rsidP="00FB5768">
             <w:pPr>
-              <w:pBdr>
-[...7 lines deleted...]
-              <w:ind w:left="123"/>
+              <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="it-IT"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00983F83">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="it-IT"/>
               </w:rPr>
-              <w:t>Bandiera bianca con lettera S</w:t>
+              <w:t xml:space="preserve"> Bandiera Gialla con S con numero di </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00983F83" w:rsidRPr="00983F83" w:rsidRDefault="00983F83" w:rsidP="00FB5768">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="it-IT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00983F83">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="it-IT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  identificazione</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009A2DAB" w14:paraId="16893D51" w14:textId="77777777">
+      <w:tr w:rsidR="00983F83" w:rsidRPr="00A02078" w:rsidTr="00983F83">
         <w:trPr>
-          <w:trHeight w:val="489"/>
+          <w:trHeight w:val="433"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4733" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="4575" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1318948F" w14:textId="6A5D6B63" w:rsidR="009A2DAB" w:rsidRDefault="00B00F11">
+          <w:p w:rsidR="00983F83" w:rsidRPr="00983F83" w:rsidRDefault="00983F83" w:rsidP="00FB5768">
             <w:pPr>
-              <w:pBdr>
-[...6 lines deleted...]
-              <w:spacing w:before="2"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="249"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="it-IT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00983F83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="it-IT"/>
               </w:rPr>
-            </w:pPr>
-[...5 lines deleted...]
-              <w:t>Mezzi del personale di supporto</w:t>
+              <w:t>Imbarcazioni del Personale di Supporto</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4813" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="5075" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3107E281" w14:textId="77777777" w:rsidR="009A2DAB" w:rsidRDefault="00B00F11">
+          <w:p w:rsidR="00983F83" w:rsidRPr="00983F83" w:rsidRDefault="00983F83" w:rsidP="00FB5768">
             <w:pPr>
-              <w:pBdr>
-[...7 lines deleted...]
-              <w:ind w:left="123"/>
+              <w:spacing w:before="13"/>
+              <w:ind w:right="-20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00983F83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
               </w:rPr>
-            </w:pPr>
-[...5 lines deleted...]
-              <w:t>Bandiera bianca con numero di                     identificazione</w:t>
+              <w:t xml:space="preserve"> Bandiera verde con nr. di identificazione giallo.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2A0206B9" w14:textId="77777777" w:rsidR="009A2DAB" w:rsidRDefault="009A2DAB">
-      <w:pPr>
+    <w:p w:rsidR="008C06FB" w:rsidRPr="00983F83" w:rsidRDefault="008C06FB" w:rsidP="00983F83">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:tabs>
-[...3 lines deleted...]
-        <w:ind w:right="120"/>
+        <w:spacing w:before="3" w:after="120" w:line="254" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00983F83">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00D6728C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00983F83">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.2 Azioni compiute da imbarcazioni ufficiali, elicotteri o droni non potranno costituire motivo di richiesta di riparazione da parte dei concorrenti (modifica la RRS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00983F83">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-      </w:pPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>61.1(a)).</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="2AC8A6D3" w14:textId="7211A3AC" w:rsidR="009A2DAB" w:rsidRPr="008A0F7B" w:rsidRDefault="00BC61D2" w:rsidP="008A0F7B">
-[...196 lines deleted...]
-      <w:pPr>
+    <w:p w:rsidR="00452966" w:rsidRPr="00452966" w:rsidRDefault="00452966" w:rsidP="00983F83">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:before="6" w:line="252" w:lineRule="auto"/>
-        <w:ind w:left="567" w:right="115" w:hanging="567"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...58 lines deleted...]
-      </w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="8"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="1B9A6DC1" w14:textId="1EE8AFC4" w:rsidR="009A2DAB" w:rsidRDefault="008A0F7B" w:rsidP="008A0F7B">
-      <w:pPr>
+    <w:p w:rsidR="00597EC5" w:rsidRPr="00983F83" w:rsidRDefault="00983F83" w:rsidP="00983F83">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:before="6" w:line="252" w:lineRule="auto"/>
-[...462 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:spacing w:before="64"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00983F83">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="002060"/>
-        </w:rPr>
-      </w:pPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="002060"/>
-        </w:rPr>
-[...89 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00D6728C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="002060"/>
-        </w:rPr>
-      </w:pPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="002060"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00597EC5" w:rsidRPr="00983F83">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>[DP] [NP] POSTI ASSEGNATI</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="603EF39A" w14:textId="7F0761D6" w:rsidR="009A2DAB" w:rsidRDefault="00BC61D2">
-[...37 lines deleted...]
-      <w:pPr>
+    <w:p w:rsidR="00A647BF" w:rsidRDefault="00597EC5" w:rsidP="00DA4879">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4908"/>
         </w:tabs>
         <w:spacing w:before="3" w:line="254" w:lineRule="auto"/>
-        <w:ind w:right="117"/>
-[...8 lines deleted...]
-      </w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00983F83">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Se previsto, le barche dovranno essere tenute nei posti loro assegnati.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00983F83">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="5789A841" w14:textId="4F531DE8" w:rsidR="00EF718E" w:rsidRPr="00EF718E" w:rsidRDefault="00EF718E" w:rsidP="00EF718E">
-      <w:pPr>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="250" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="804"/>
+        <w:gridCol w:w="8584"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00DB5AD2" w:rsidRPr="006A2B0D" w:rsidTr="00D6728C">
+        <w:trPr>
+          <w:trHeight w:val="494"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9388" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DB5AD2" w:rsidRPr="00DB5AD2" w:rsidRDefault="00DB5AD2" w:rsidP="007A1490">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="780"/>
+              </w:tabs>
+              <w:ind w:left="851" w:right="-20" w:hanging="736"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="404040"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="13" w:name="_Hlk193120909"/>
+            <w:r w:rsidRPr="00DB5AD2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="365F91"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>PENALITA’ STANDARD</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DB5AD2" w:rsidRPr="006A2B0D" w:rsidTr="00D6728C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="804" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DB5AD2" w:rsidRPr="00DB5AD2" w:rsidRDefault="00DB5AD2" w:rsidP="007A1490">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="780"/>
+              </w:tabs>
+              <w:ind w:left="851" w:right="-20" w:hanging="736"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="404040"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8584" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DB5AD2" w:rsidRPr="00DB5AD2" w:rsidRDefault="00DB5AD2" w:rsidP="007A1490">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="404040"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DB5AD2" w:rsidRPr="006A2B0D" w:rsidTr="00D6728C">
+        <w:trPr>
+          <w:trHeight w:val="1433"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="804" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DB5AD2" w:rsidRPr="00DB5AD2" w:rsidRDefault="00DB5AD2" w:rsidP="007A1490">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="780"/>
+              </w:tabs>
+              <w:ind w:left="851" w:right="-20" w:hanging="736"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="404040"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DB5AD2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="365F91"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>B3.4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8584" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DB5AD2" w:rsidRPr="00DB5AD2" w:rsidRDefault="00DB5AD2" w:rsidP="00DB5AD2">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="404040"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DB5AD2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="404040"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Alla prima infrazione al punto B3.4 dell’Addendum B, (RRS per BPS – Normativa Attività Sportiva 2026) seguirà un richiamo. Alla seconda infrazione, la Persona di supporto, dovrà dirigersi presso l’Area di Attesa e stazionare presso la stessa durante lo svolgimento delle prove del giorno. Alla terza infrazione l’obbligo di stazionamento nell’Area di Attesa area sarà esteso a tutti i giorni di regata durante lo svolgimento delle prove.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:bookmarkEnd w:id="13"/>
+    </w:tbl>
+    <w:p w:rsidR="00DB5AD2" w:rsidRDefault="00DB5AD2" w:rsidP="00DA4879">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4908"/>
         </w:tabs>
         <w:spacing w:before="3" w:line="254" w:lineRule="auto"/>
-        <w:ind w:right="117"/>
-[...27 lines deleted...]
-      </w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="5708BD46" w14:textId="77777777" w:rsidR="00EF718E" w:rsidRPr="00EF718E" w:rsidRDefault="00EF718E" w:rsidP="00EF718E">
-[...2552 lines deleted...]
-      <w:cols w:space="720"/>
+    <w:sectPr w:rsidR="00DB5AD2" w:rsidSect="00EB44FD">
+      <w:headerReference w:type="even" r:id="rId12"/>
+      <w:headerReference w:type="default" r:id="rId13"/>
+      <w:footerReference w:type="even" r:id="rId14"/>
+      <w:footerReference w:type="default" r:id="rId15"/>
+      <w:headerReference w:type="first" r:id="rId16"/>
+      <w:footerReference w:type="first" r:id="rId17"/>
+      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:pgMar w:top="1701" w:right="1134" w:bottom="1134" w:left="1134" w:header="142" w:footer="709" w:gutter="0"/>
+      <w:cols w:space="708"/>
+      <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3E037372" w14:textId="77777777" w:rsidR="00A00D84" w:rsidRDefault="00A00D84">
+    <w:p w:rsidR="007F3BD8" w:rsidRDefault="007F3BD8" w:rsidP="000972AE">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="714BBEED" w14:textId="77777777" w:rsidR="00A00D84" w:rsidRDefault="00A00D84">
+    <w:p w:rsidR="007F3BD8" w:rsidRDefault="007F3BD8" w:rsidP="000972AE">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...13 lines deleted...]
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Symbol">
-[...2 lines deleted...]
-    <w:family w:val="roman"/>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0000AFF" w:usb1="00007843" w:usb2="00000001" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Noto Sans Symbols">
     <w:altName w:val="Calibri"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
   </w:font>
-  <w:font w:name="Georgia">
-    <w:panose1 w:val="02040502050405020303"/>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos">
+    <w:altName w:val="Calibri"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Comic Sans MS">
+    <w:panose1 w:val="030F0702030302020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="script"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000687" w:usb1="00000013" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Helvetica Neue">
-    <w:altName w:val="Sylfaen"/>
-    <w:panose1 w:val="02000503000000020004"/>
+    <w:altName w:val="Arial"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A000002F" w:usb1="40000048" w:usb2="00000000" w:usb3="00000000" w:csb0="00000111" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="2000028F" w:usb1="00000002" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Century Gothic">
     <w:panose1 w:val="020B0502020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Arial Nova">
+    <w:panose1 w:val="020B0504020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="2000028F" w:usb1="00000002" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:p w14:paraId="1F7C8BA9" w14:textId="77777777" w:rsidR="009A2DAB" w:rsidRDefault="009A2DAB">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w:rsidR="00E41B9D" w:rsidRDefault="00E41B9D">
     <w:pPr>
-      <w:pBdr>
-[...15 lines deleted...]
-      </w:rPr>
+      <w:pStyle w:val="Pidipagina"/>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="0806A724" w14:textId="77777777" w:rsidR="009A2DAB" w:rsidRDefault="009A2DAB">
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:sdt>
+    <w:sdtPr>
+      <w:id w:val="-465204594"/>
+      <w:docPartObj>
+        <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+        <w:docPartUnique/>
+      </w:docPartObj>
+    </w:sdtPr>
+    <w:sdtEndPr/>
+    <w:sdtContent>
+      <w:p w:rsidR="000972AE" w:rsidRDefault="00415203">
+        <w:pPr>
+          <w:pStyle w:val="Pidipagina"/>
+          <w:jc w:val="right"/>
+        </w:pPr>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidR="000972AE">
+          <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidR="009E42B7">
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>6</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:p>
+    </w:sdtContent>
+  </w:sdt>
+  <w:p w:rsidR="000972AE" w:rsidRDefault="000972AE">
     <w:pPr>
-      <w:pBdr>
-[...11 lines deleted...]
-      </w:rPr>
+      <w:pStyle w:val="Pidipagina"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w:rsidR="00E41B9D" w:rsidRDefault="00E41B9D">
+    <w:pPr>
+      <w:pStyle w:val="Pidipagina"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3F1D20BA" w14:textId="77777777" w:rsidR="00A00D84" w:rsidRDefault="00A00D84">
+    <w:p w:rsidR="007F3BD8" w:rsidRDefault="007F3BD8" w:rsidP="000972AE">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="74AAADFE" w14:textId="77777777" w:rsidR="00A00D84" w:rsidRDefault="00A00D84">
+    <w:p w:rsidR="007F3BD8" w:rsidRDefault="007F3BD8" w:rsidP="000972AE">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:p w14:paraId="1B3B1ACD" w14:textId="77777777" w:rsidR="009A2DAB" w:rsidRDefault="00B00F11">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w:rsidR="00E41B9D" w:rsidRDefault="00E41B9D">
     <w:pPr>
-      <w:pBdr>
-[...9 lines deleted...]
-      </w:tabs>
+      <w:pStyle w:val="Intestazione"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w:rsidR="00EB44FD" w:rsidRDefault="00E41B9D" w:rsidP="00EB44FD">
+    <w:pPr>
+      <w:pStyle w:val="Intestazione"/>
+      <w:jc w:val="center"/>
       <w:rPr>
         <w:color w:val="000000"/>
-        <w:sz w:val="20"/>
-        <w:szCs w:val="20"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
-        <w:color w:val="000000"/>
-[...1 lines deleted...]
-        <w:szCs w:val="20"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" hidden="0" allowOverlap="1" wp14:anchorId="1A0C2AFD" wp14:editId="5FD9F1AB">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5882329D" wp14:editId="47D4300A">
           <wp:simplePos x="0" y="0"/>
-          <wp:positionH relativeFrom="page">
-            <wp:posOffset>371475</wp:posOffset>
+          <wp:positionH relativeFrom="column">
+            <wp:posOffset>5311140</wp:posOffset>
           </wp:positionH>
-          <wp:positionV relativeFrom="page">
-            <wp:posOffset>219075</wp:posOffset>
+          <wp:positionV relativeFrom="paragraph">
+            <wp:posOffset>216535</wp:posOffset>
           </wp:positionV>
-          <wp:extent cx="954405" cy="715010"/>
-          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:extent cx="1114425" cy="471170"/>
+          <wp:effectExtent l="0" t="0" r="9525" b="5080"/>
           <wp:wrapNone/>
-          <wp:docPr id="2" name="image4.png"/>
+          <wp:docPr id="24" name="Image 2"/>
           <wp:cNvGraphicFramePr/>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="image4.png"/>
-                  <pic:cNvPicPr preferRelativeResize="0"/>
+                  <pic:cNvPr id="24" name="Image 2"/>
+                  <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
-                  <a:blip r:embed="rId1"/>
-                  <a:srcRect/>
+                  <a:blip r:embed="rId1" cstate="print"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="954405" cy="715010"/>
+                    <a:ext cx="1114425" cy="471170"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
-                  <a:ln/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="00EB44FD">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" hidden="0" allowOverlap="1" wp14:anchorId="47190B15" wp14:editId="26CAF5EE">
+        <wp:anchor distT="0" distB="0" distL="114935" distR="114935" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
-            <wp:posOffset>4909185</wp:posOffset>
+            <wp:posOffset>-494030</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
-            <wp:posOffset>38735</wp:posOffset>
+            <wp:posOffset>79375</wp:posOffset>
           </wp:positionV>
-          <wp:extent cx="1638300" cy="571500"/>
-          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:extent cx="1424940" cy="760095"/>
+          <wp:effectExtent l="0" t="0" r="3810" b="1905"/>
           <wp:wrapNone/>
-          <wp:docPr id="3" name="image5.png"/>
-          <wp:cNvGraphicFramePr/>
+          <wp:docPr id="2" name="Immagine 2"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="image5.png"/>
-                  <pic:cNvPicPr preferRelativeResize="0"/>
+                  <pic:cNvPr id="0" name="Picture 2"/>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                  </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
-                  <a:blip r:embed="rId2"/>
+                  <a:blip r:embed="rId2">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
-                <pic:spPr>
+                <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="1638300" cy="571500"/>
+                    <a:ext cx="1424940" cy="760095"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
-                  <a:ln/>
+                  <a:solidFill>
+                    <a:srgbClr val="FFFFFF"/>
+                  </a:solidFill>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
-  <w:p w14:paraId="457FDEFF" w14:textId="77777777" w:rsidR="009A2DAB" w:rsidRDefault="009A2DAB">
+  <w:p w:rsidR="00EB44FD" w:rsidRDefault="00EB44FD" w:rsidP="00EB44FD">
     <w:pPr>
-      <w:pBdr>
-[...9 lines deleted...]
-      </w:tabs>
+      <w:pStyle w:val="Intestazione"/>
+      <w:jc w:val="center"/>
       <w:rPr>
         <w:color w:val="000000"/>
-        <w:sz w:val="20"/>
-        <w:szCs w:val="20"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="559AC323" w14:textId="77777777" w:rsidR="009A2DAB" w:rsidRDefault="00B00F11">
+  <w:p w:rsidR="007049C7" w:rsidRDefault="00EB44FD" w:rsidP="00EB44FD">
     <w:pPr>
-      <w:tabs>
-[...3 lines deleted...]
-      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      <w:pStyle w:val="Intestazione"/>
       <w:jc w:val="center"/>
-      <w:rPr>
-[...3 lines deleted...]
-      </w:rPr>
     </w:pPr>
-    <w:r>
-[...4 lines deleted...]
-      <w:t>LOGO CLUB</w:t>
+    <w:r w:rsidRPr="007270F6">
+      <w:rPr>
+        <w:color w:val="000000"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:t>LOGO CIRCOLO ORGANIZZATORE</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="2D3D0223" w14:textId="77777777" w:rsidR="009A2DAB" w:rsidRDefault="00B00F11">
+  <w:p w:rsidR="007049C7" w:rsidRDefault="007049C7">
     <w:pPr>
-      <w:pBdr>
-[...14 lines deleted...]
-      </w:rPr>
+      <w:pStyle w:val="Intestazione"/>
     </w:pPr>
-    <w:r>
-[...7 lines deleted...]
-    </w:r>
   </w:p>
-  <w:p w14:paraId="1887CC30" w14:textId="77777777" w:rsidR="009A2DAB" w:rsidRDefault="009A2DAB">
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w:rsidR="00E41B9D" w:rsidRDefault="00E41B9D">
     <w:pPr>
-      <w:pBdr>
-[...14 lines deleted...]
-      </w:rPr>
+      <w:pStyle w:val="Intestazione"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:abstractNum w:abstractNumId="0">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="04E97E90"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="2C4CAA9C"/>
+    <w:lvl w:ilvl="0" w:tplc="04100001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1455" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04100003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2175" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04100005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2895" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04100001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3615" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04100003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4335" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04100005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5055" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04100001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5775" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04100003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6495" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04100005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7215" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0952348D"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="E5744846"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="420" w:hanging="420"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="420" w:hanging="420"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:strike w:val="0"/>
+        <w:color w:val="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0F5B3EA1"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="B97ED0AA"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6314" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="4"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3338" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7154" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7394" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7994" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8234" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8834" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="9074" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="9674" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="10EA128C"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="5D281C28"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="5"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b w:val="0"/>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:lvl>
@@ -8954,173 +9233,250 @@
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3120" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3720" w:hanging="1800"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="14BC1BCF"/>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="15CA0F63"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="304C641E"/>
+    <w:tmpl w:val="D374C39E"/>
     <w:lvl w:ilvl="0">
-      <w:start w:val="1"/>
+      <w:start w:val="14"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1"/>
-[...6 lines deleted...]
-        <w:color w:val="002060"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="785" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
-      <w:start w:val="1"/>
+      <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="360" w:hanging="360"/>
-[...3 lines deleted...]
-        <w:color w:val="002060"/>
+        <w:ind w:left="1696" w:hanging="420"/>
+      </w:pPr>
+      <w:rPr>
+        <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="720"/>
-[...3 lines deleted...]
-        <w:color w:val="002060"/>
+        <w:ind w:left="2847" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="720"/>
-[...3 lines deleted...]
-        <w:color w:val="002060"/>
+        <w:ind w:left="3698" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1080" w:hanging="1080"/>
-[...3 lines deleted...]
-        <w:color w:val="002060"/>
+        <w:ind w:left="4909" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1080" w:hanging="1080"/>
-[...3 lines deleted...]
-        <w:color w:val="002060"/>
+        <w:ind w:left="5760" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="1440"/>
-[...3 lines deleted...]
-        <w:color w:val="002060"/>
+        <w:ind w:left="6971" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="1440"/>
-[...3 lines deleted...]
-        <w:color w:val="002060"/>
+        <w:ind w:left="7822" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1800" w:hanging="1800"/>
-[...3 lines deleted...]
-        <w:color w:val="002060"/>
+        <w:ind w:left="9033" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="20796D4C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="AAF27048"/>
+    <w:lvl w:ilvl="0" w:tplc="0410000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04100019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0410001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0410000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04100019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0410001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0410000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04100019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0410001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2DE262C2"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FB6A9B8A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6314" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7034" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:vertAlign w:val="baseline"/>
@@ -9189,137 +9545,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="11354" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="12074" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3">
-[...85 lines deleted...]
-  <w:abstractNum w:abstractNumId="4">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="319017FF"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="8DB6F7EC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="502" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:color w:val="002060"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1222" w:hanging="360"/>
       </w:pPr>
@@ -9390,51 +9660,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5542" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6262" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="41256F4B"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="C43E0600"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="502" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1222" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -9476,51 +9746,403 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4822" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5542" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6262" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="41A34DBF"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="62B4FB00"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="4"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="502" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1004" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1146" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1648" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1790" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2292" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2434" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2936" w:hanging="1799"/>
+      </w:pPr>
+      <w:rPr>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="426973EC"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="E5744846"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="420" w:hanging="420"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="420" w:hanging="420"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:strike w:val="0"/>
+        <w:color w:val="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="43D744F8"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="2564EEB6"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="2"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="7"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6314" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="12628" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="18582" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="24896" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="30850" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="-28372" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="-22418" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="-16104" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="43F26F7D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A9EEBA6E"/>
     <w:lvl w:ilvl="0" w:tplc="C1242422">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="835" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cstheme="minorBidi" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1555" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
@@ -9588,155 +10210,264 @@
     <w:lvl w:ilvl="7" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5875" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04100005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6595" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7">
-    <w:nsid w:val="47AB1FFD"/>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="48F060C0"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="B000A2FE"/>
+    <w:tmpl w:val="0410001F"/>
     <w:lvl w:ilvl="0">
-      <w:start w:val="11"/>
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="792" w:hanging="432"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1224" w:hanging="504"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1728" w:hanging="648"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2232" w:hanging="792"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2736" w:hanging="936"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="1080"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3744" w:hanging="1224"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="1440"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4CF803AD"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="4DFE9B6C"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="5"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="620" w:hanging="195"/>
-[...4 lines deleted...]
-        <w:szCs w:val="22"/>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="348" w:hanging="348"/>
-[...7 lines deleted...]
-        <w:szCs w:val="22"/>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
-      <w:numFmt w:val="bullet"/>
-[...4 lines deleted...]
-      </w:pPr>
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
-      <w:numFmt w:val="bullet"/>
-[...4 lines deleted...]
-      </w:pPr>
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
-      <w:numFmt w:val="bullet"/>
-[...4 lines deleted...]
-      </w:pPr>
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
-      <w:numFmt w:val="bullet"/>
-[...4 lines deleted...]
-      </w:pPr>
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
-      <w:numFmt w:val="bullet"/>
-[...4 lines deleted...]
-      </w:pPr>
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
-      <w:numFmt w:val="bullet"/>
-[...4 lines deleted...]
-      </w:pPr>
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
-      <w:numFmt w:val="bullet"/>
-[...4 lines deleted...]
-      </w:pPr>
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="50131DA8"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="BD726D56"/>
+    <w:tmpl w:val="62B4FB00"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="4"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="502" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1004" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:vertAlign w:val="baseline"/>
@@ -9793,137 +10524,175 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2434" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2936" w:hanging="1799"/>
       </w:pPr>
       <w:rPr>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="52507F48"/>
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="55EF726E"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="9F40F198"/>
+    <w:tmpl w:val="E5744846"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-[...4 lines deleted...]
-      </w:pPr>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="420" w:hanging="420"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-[...4 lines deleted...]
-      </w:pPr>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="420" w:hanging="420"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:strike w:val="0"/>
+        <w:color w:val="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-[...4 lines deleted...]
-      </w:pPr>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%4."/>
-[...3 lines deleted...]
-      </w:pPr>
+      <w:lvlText w:val="%1.%2.%3.%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-[...4 lines deleted...]
-      </w:pPr>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-[...4 lines deleted...]
-      </w:pPr>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%7."/>
-[...3 lines deleted...]
-      </w:pPr>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-[...4 lines deleted...]
-      </w:pPr>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-[...4 lines deleted...]
-      </w:pPr>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5CDD4D9C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1CBA4C0A"/>
     <w:lvl w:ilvl="0" w:tplc="C1242422">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="835" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cstheme="minorBidi" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1555" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
@@ -9991,1760 +10760,2012 @@
     <w:lvl w:ilvl="7" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5875" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04100005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6595" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="5FB576F3"/>
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5D457A82"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="375AC80C"/>
+    <w:tmpl w:val="E5744846"/>
     <w:lvl w:ilvl="0">
-      <w:start w:val="2"/>
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="420" w:hanging="420"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1"/>
-[...5 lines deleted...]
-        <w:rFonts w:eastAsia="Arial" w:hint="default"/>
+      <w:lvlText w:val="%1.%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="420" w:hanging="420"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:strike w:val="0"/>
+        <w:color w:val="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="602D5D5F"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="68A4CF00"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="3"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="502" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:b/>
         <w:color w:val="002060"/>
+        <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
-      <w:start w:val="4"/>
+      <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1.%2"/>
-[...124 lines deleted...]
-      <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2704" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:left="1222" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="3424" w:hanging="180"/>
-      </w:pPr>
+        <w:ind w:left="1942" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4144" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:left="2662" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4864" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:left="3382" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="5584" w:hanging="180"/>
-      </w:pPr>
+        <w:ind w:left="4102" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6304" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:left="4822" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="7024" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:left="5542" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="7744" w:hanging="180"/>
-      </w:pPr>
+        <w:ind w:left="6262" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="6D8E41E5"/>
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6B2B2B5E"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="63CAC1AE"/>
+    <w:tmpl w:val="CD667676"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1148" w:hanging="201"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2108" w:hanging="200"/>
+      </w:pPr>
+      <w:rPr>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3077" w:hanging="201"/>
+      </w:pPr>
+      <w:rPr>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4045" w:hanging="201"/>
+      </w:pPr>
+      <w:rPr>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5014" w:hanging="201"/>
+      </w:pPr>
+      <w:rPr>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5983" w:hanging="201"/>
+      </w:pPr>
+      <w:rPr>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6951" w:hanging="201"/>
+      </w:pPr>
+      <w:rPr>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7920" w:hanging="201"/>
+      </w:pPr>
+      <w:rPr>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8889" w:hanging="201"/>
+      </w:pPr>
+      <w:rPr>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="710C32D3"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="EF3EB492"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7A3E7634"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="DF04173E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1668" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2388" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3108" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3828" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4548" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5268" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5988" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6708" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7428" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="7">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="8">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="9">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="10">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="11">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="2">
-    <w:abstractNumId w:val="0"/>
+  <w:num w:numId="12">
+    <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="13">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="4">
-[...2 lines deleted...]
-  <w:num w:numId="5">
+  <w:num w:numId="14">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="15">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="16">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="17">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="18">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="19">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="20">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="21">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="22">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="7">
-[...51 lines deleted...]
-    <w:abstractNumId w:val="2"/>
+  <w:num w:numId="23">
+    <w:abstractNumId w:val="14"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
+  <w:displayBackgroundShape/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="283"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="009A2DAB"/>
-[...29 lines deleted...]
-    <w:rsid w:val="00FB14D6"/>
+    <w:rsidRoot w:val="00CA375C"/>
+    <w:rsid w:val="00006951"/>
+    <w:rsid w:val="00012B39"/>
+    <w:rsid w:val="000605E8"/>
+    <w:rsid w:val="0009181A"/>
+    <w:rsid w:val="000972AE"/>
+    <w:rsid w:val="000B3168"/>
+    <w:rsid w:val="000C6A09"/>
+    <w:rsid w:val="00111604"/>
+    <w:rsid w:val="00147337"/>
+    <w:rsid w:val="00175F04"/>
+    <w:rsid w:val="001835A0"/>
+    <w:rsid w:val="00191BD6"/>
+    <w:rsid w:val="00192455"/>
+    <w:rsid w:val="001A6DFB"/>
+    <w:rsid w:val="00225B15"/>
+    <w:rsid w:val="002433E3"/>
+    <w:rsid w:val="00280579"/>
+    <w:rsid w:val="00286BBC"/>
+    <w:rsid w:val="002878C1"/>
+    <w:rsid w:val="002964DA"/>
+    <w:rsid w:val="002C48A8"/>
+    <w:rsid w:val="002C6A79"/>
+    <w:rsid w:val="002C6CCE"/>
+    <w:rsid w:val="002E5A75"/>
+    <w:rsid w:val="003054C8"/>
+    <w:rsid w:val="00323479"/>
+    <w:rsid w:val="00346D12"/>
+    <w:rsid w:val="00353743"/>
+    <w:rsid w:val="00357907"/>
+    <w:rsid w:val="00376A10"/>
+    <w:rsid w:val="0038635E"/>
+    <w:rsid w:val="003C1E41"/>
+    <w:rsid w:val="004054ED"/>
+    <w:rsid w:val="00415203"/>
+    <w:rsid w:val="00452966"/>
+    <w:rsid w:val="004553E0"/>
+    <w:rsid w:val="004838AD"/>
+    <w:rsid w:val="004C00FC"/>
+    <w:rsid w:val="004C1B44"/>
+    <w:rsid w:val="004C56C9"/>
+    <w:rsid w:val="00532085"/>
+    <w:rsid w:val="00571C4B"/>
+    <w:rsid w:val="0059125D"/>
+    <w:rsid w:val="005963DA"/>
+    <w:rsid w:val="00597EC5"/>
+    <w:rsid w:val="005C1C50"/>
+    <w:rsid w:val="005F7192"/>
+    <w:rsid w:val="0060090D"/>
+    <w:rsid w:val="006017A3"/>
+    <w:rsid w:val="006419E4"/>
+    <w:rsid w:val="00672135"/>
+    <w:rsid w:val="00694185"/>
+    <w:rsid w:val="006F31AF"/>
+    <w:rsid w:val="007049C7"/>
+    <w:rsid w:val="00756937"/>
+    <w:rsid w:val="007F3BD8"/>
+    <w:rsid w:val="00804305"/>
+    <w:rsid w:val="008179B6"/>
+    <w:rsid w:val="0085654F"/>
+    <w:rsid w:val="008915DB"/>
+    <w:rsid w:val="008B3FC8"/>
+    <w:rsid w:val="008C06FB"/>
+    <w:rsid w:val="008E7B68"/>
+    <w:rsid w:val="008F6120"/>
+    <w:rsid w:val="00910113"/>
+    <w:rsid w:val="00924259"/>
+    <w:rsid w:val="00926940"/>
+    <w:rsid w:val="009618DE"/>
+    <w:rsid w:val="00967D33"/>
+    <w:rsid w:val="00983CEE"/>
+    <w:rsid w:val="00983F83"/>
+    <w:rsid w:val="009D2064"/>
+    <w:rsid w:val="009E42B7"/>
+    <w:rsid w:val="009F5131"/>
+    <w:rsid w:val="00A15807"/>
+    <w:rsid w:val="00A26575"/>
+    <w:rsid w:val="00A4087B"/>
+    <w:rsid w:val="00A47955"/>
+    <w:rsid w:val="00A56D9E"/>
+    <w:rsid w:val="00A647BF"/>
+    <w:rsid w:val="00AB6FA2"/>
+    <w:rsid w:val="00AD549A"/>
+    <w:rsid w:val="00AE387C"/>
+    <w:rsid w:val="00AE38CB"/>
+    <w:rsid w:val="00B60AC7"/>
+    <w:rsid w:val="00B75723"/>
+    <w:rsid w:val="00BA3127"/>
+    <w:rsid w:val="00BA7CFF"/>
+    <w:rsid w:val="00BF0908"/>
+    <w:rsid w:val="00BF4820"/>
+    <w:rsid w:val="00C77D05"/>
+    <w:rsid w:val="00C91802"/>
+    <w:rsid w:val="00CA375C"/>
+    <w:rsid w:val="00CB7999"/>
+    <w:rsid w:val="00CB7DC8"/>
+    <w:rsid w:val="00CC4816"/>
+    <w:rsid w:val="00D6728C"/>
+    <w:rsid w:val="00D7387A"/>
+    <w:rsid w:val="00DA4879"/>
+    <w:rsid w:val="00DB5AD2"/>
+    <w:rsid w:val="00DC1625"/>
+    <w:rsid w:val="00E12FA8"/>
+    <w:rsid w:val="00E22BA2"/>
+    <w:rsid w:val="00E24E17"/>
+    <w:rsid w:val="00E26329"/>
+    <w:rsid w:val="00E41B9D"/>
+    <w:rsid w:val="00E519A0"/>
+    <w:rsid w:val="00E60573"/>
+    <w:rsid w:val="00E74DE1"/>
+    <w:rsid w:val="00E90194"/>
+    <w:rsid w:val="00E97F14"/>
+    <w:rsid w:val="00EB44FD"/>
+    <w:rsid w:val="00F43722"/>
+    <w:rsid w:val="00F5736E"/>
+    <w:rsid w:val="00F762DF"/>
+    <w:rsid w:val="00F86695"/>
+    <w:rsid w:val="00F87E23"/>
+    <w:rsid w:val="00F91834"/>
+    <w:rsid w:val="00FC6103"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="0"/>
+    <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="it-IT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="4141C98F"/>
+  <w14:docId w14:val="5DEA4DA0"/>
+  <w15:docId w15:val="{7638A93F-D60F-454C-AD2B-A1E0253D9BA9}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="it-IT" w:eastAsia="it-IT" w:bidi="ar-SA"/>
+        <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:widowControl w:val="0"/>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...24 lines deleted...]
-    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
-    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
-[...109 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normale">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-  </w:style>
-[...5 lines deleted...]
-    <w:qFormat/>
+    <w:rsid w:val="00225B15"/>
     <w:pPr>
-      <w:keepNext/>
-[...2 lines deleted...]
-      <w:outlineLvl w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:b/>
-[...97 lines deleted...]
-      <w:b/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="it-IT"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Carpredefinitoparagrafo">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tabellanormale">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Nessunelenco">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
-[...66 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:styleId="Paragrafoelenco">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normale"/>
-    <w:uiPriority w:val="72"/>
+    <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00EF718E"/>
+    <w:rsid w:val="00225B15"/>
     <w:pPr>
-      <w:widowControl/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Collegamentoipertestuale">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="Carpredefinitoparagrafo"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00225B15"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...2 lines deleted...]
-      <w:lang w:eastAsia="en-US"/>
+      <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Menzionenonrisolta1">
+    <w:name w:val="Menzione non risolta1"/>
+    <w:basedOn w:val="Carpredefinitoparagrafo"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00983CEE"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Intestazione">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normale"/>
+    <w:link w:val="IntestazioneCarattere"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="000972AE"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4819"/>
+        <w:tab w:val="right" w:pos="9638"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="IntestazioneCarattere">
+    <w:name w:val="Intestazione Carattere"/>
+    <w:basedOn w:val="Carpredefinitoparagrafo"/>
+    <w:link w:val="Intestazione"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="000972AE"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="it-IT"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Pidipagina">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normale"/>
+    <w:link w:val="PidipaginaCarattere"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="000972AE"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4819"/>
+        <w:tab w:val="right" w:pos="9638"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PidipaginaCarattere">
+    <w:name w:val="Piè di pagina Carattere"/>
+    <w:basedOn w:val="Carpredefinitoparagrafo"/>
+    <w:link w:val="Pidipagina"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="000972AE"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="it-IT"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Testofumetto">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="Normale"/>
+    <w:link w:val="TestofumettoCarattere"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="007049C7"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TestofumettoCarattere">
+    <w:name w:val="Testo fumetto Carattere"/>
+    <w:basedOn w:val="Carpredefinitoparagrafo"/>
+    <w:link w:val="Testofumetto"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="007049C7"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:eastAsia="Calibri" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w:lang w:eastAsia="it-IT"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Grigliatabella">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="Tabellanormale"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="00EF718E"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="005963DA"/>
     <w:pPr>
-      <w:widowControl/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
-    <w:rPr>
-[...4 lines deleted...]
-    </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Collegamentoipertestuale">
-[...4 lines deleted...]
-    <w:rsid w:val="00D902A7"/>
+  <w:style w:type="paragraph" w:styleId="Nessunaspaziatura">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="008179B6"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
-      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
-      <w:u w:val="single"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="it-IT"/>
     </w:rPr>
   </w:style>
-</w:styles>
-[...285 lines deleted...]
-    <w:name w:val="Normal Table"/>
+  <w:style w:type="character" w:styleId="Rimandocommento">
+    <w:name w:val="annotation reference"/>
+    <w:basedOn w:val="Carpredefinitoparagrafo"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:tblPr>
-[...7 lines deleted...]
-    </w:tblPr>
+    <w:rsid w:val="0038635E"/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="Nessunelenco">
-    <w:name w:val="No List"/>
+  <w:style w:type="paragraph" w:styleId="Testocommento">
+    <w:name w:val="annotation text"/>
+    <w:basedOn w:val="Normale"/>
+    <w:link w:val="TestocommentoCarattere"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:rsid w:val="0038635E"/>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
-[...8 lines deleted...]
-    </w:tblPr>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TestocommentoCarattere">
+    <w:name w:val="Testo commento Carattere"/>
+    <w:basedOn w:val="Carpredefinitoparagrafo"/>
+    <w:link w:val="Testocommento"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="0038635E"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="it-IT"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Titolo">
-[...4 lines deleted...]
-    <w:qFormat/>
+  <w:style w:type="paragraph" w:styleId="Soggettocommento">
+    <w:name w:val="annotation subject"/>
+    <w:basedOn w:val="Testocommento"/>
+    <w:next w:val="Testocommento"/>
+    <w:link w:val="SoggettocommentoCarattere"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0038635E"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SoggettocommentoCarattere">
+    <w:name w:val="Soggetto commento Carattere"/>
+    <w:basedOn w:val="TestocommentoCarattere"/>
+    <w:link w:val="Soggettocommento"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="0038635E"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="it-IT"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Revisione">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="0038635E"/>
     <w:pPr>
-      <w:keepNext/>
-[...1 lines deleted...]
-      <w:spacing w:before="480" w:after="120"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:b/>
-[...1 lines deleted...]
-      <w:szCs w:val="72"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="it-IT"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Sottotitolo">
-[...4 lines deleted...]
-    <w:qFormat/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
+    <w:name w:val="Default"/>
+    <w:rsid w:val="0038635E"/>
     <w:pPr>
-      <w:keepNext/>
-[...1 lines deleted...]
-      <w:spacing w:before="360" w:after="80"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia" w:cs="Georgia"/>
-[...3 lines deleted...]
-      <w:szCs w:val="48"/>
+      <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="it-IT"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="a">
-[...4 lines deleted...]
-    </w:tblPr>
+  <w:style w:type="character" w:styleId="Menzionenonrisolta">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="Carpredefinitoparagrafo"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="008C06FB"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="a0">
-[...14 lines deleted...]
-    <w:name w:val="List Paragraph"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
+    <w:name w:val="Table Paragraph"/>
     <w:basedOn w:val="Normale"/>
-    <w:uiPriority w:val="72"/>
+    <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00EF718E"/>
+    <w:rsid w:val="00983F83"/>
     <w:pPr>
-      <w:widowControl/>
-[...1 lines deleted...]
-      <w:contextualSpacing/>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:before="2"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...2 lines deleted...]
-      <w:lang w:eastAsia="en-US"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Grigliatabella">
-[...3 lines deleted...]
-    <w:rsid w:val="00EF718E"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="CM13">
+    <w:name w:val="CM13"/>
+    <w:basedOn w:val="Default"/>
+    <w:next w:val="Default"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00983F83"/>
     <w:pPr>
-      <w:widowControl/>
+      <w:widowControl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...2 lines deleted...]
-      <w:lang w:eastAsia="en-US"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:color w:val="auto"/>
     </w:rPr>
-    <w:tblPr>
-[...8 lines deleted...]
-    </w:tblPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Collegamentoipertestuale">
-[...1 lines deleted...]
-    <w:basedOn w:val="Carpredefinitoparagrafo"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="CM2">
+    <w:name w:val="CM2"/>
+    <w:basedOn w:val="Default"/>
+    <w:next w:val="Default"/>
     <w:uiPriority w:val="99"/>
-    <w:unhideWhenUsed/>
-    <w:rsid w:val="00D902A7"/>
+    <w:qFormat/>
+    <w:rsid w:val="00983F83"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:spacing w:line="233" w:lineRule="atLeast"/>
+    </w:pPr>
     <w:rPr>
-      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
-      <w:u w:val="single"/>
+      <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Times New Roman"/>
+      <w:color w:val="auto"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
-[...14 lines deleted...]
-  </w:divs>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+  <w:optimizeForBrowser/>
+  <w:relyOnVML/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://WWW.XXX" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.racingrulesofsailing.org/documents/xxxxx" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.racingrulesofsailing.org/scoring_inquiries/xxxxxx/event" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.racingrulesofsailing.org/events/xxxxxx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.racingrulesofsailing.org/events/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema di Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Calibri Light"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="100000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
                 <a:shade val="100000"/>
-                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults>
-[...38 lines deleted...]
-  </a:objectDefaults>
+  <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
+</file>
+
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9AAC9833-F24E-4C7A-9A77-CAA59AFD2460}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>7</Pages>
-[...1 lines deleted...]
-  <Characters>15639</Characters>
+  <Pages>5</Pages>
+  <Words>2321</Words>
+  <Characters>13230</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>130</Lines>
-  <Paragraphs>36</Paragraphs>
+  <Lines>110</Lines>
+  <Paragraphs>31</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titolo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>18346</CharactersWithSpaces>
+  <CharactersWithSpaces>15520</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Mario</dc:creator>
+  <dc:creator>x</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_5f5fe31f-9de1-4167-a753-111c0df8115f_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_5f5fe31f-9de1-4167-a753-111c0df8115f_SetDate">
+    <vt:lpwstr>2025-01-09T10:53:20Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_5f5fe31f-9de1-4167-a753-111c0df8115f_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_5f5fe31f-9de1-4167-a753-111c0df8115f_Name">
+    <vt:lpwstr>5f5fe31f-9de1-4167-a753-111c0df8115f</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_5f5fe31f-9de1-4167-a753-111c0df8115f_SiteId">
+    <vt:lpwstr>cc4baf00-15c9-48dd-9f59-88c98bde2be7</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_5f5fe31f-9de1-4167-a753-111c0df8115f_ActionId">
+    <vt:lpwstr>b42e63d0-ff3a-474a-aca6-572402cd243e</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_5f5fe31f-9de1-4167-a753-111c0df8115f_ContentBits">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
+</Properties>
+</file>