--- v0 (2025-10-16)
+++ v1 (2026-03-01)
@@ -1,12601 +1,13569 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:background w:color="FFFFFF" w:themeColor="background1"/>
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
-    <w:p w14:paraId="22EBBE54" w14:textId="10459216" w:rsidR="001848B4" w:rsidRPr="006D4D73" w:rsidRDefault="00197245" w:rsidP="00CF5B91">
-[...1 lines deleted...]
-        <w:ind w:right="97"/>
+    <w:p w14:paraId="32A7B014" w14:textId="77777777" w:rsidR="005F3069" w:rsidRPr="0016527D" w:rsidRDefault="005F3069" w:rsidP="005F3069">
+      <w:pPr>
+        <w:spacing w:before="8"/>
+        <w:ind w:left="5529" w:right="13" w:hanging="5529"/>
+        <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Futura Md BT" w:eastAsia="Arial" w:hAnsi="Futura Md BT" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
           <w:b/>
           <w:color w:val="002060"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="105"/>
+          <w:position w:val="23"/>
+          <w:sz w:val="31"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0016527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
+          <w:b/>
+          <w:color w:val="002060"/>
+          <w:w w:val="105"/>
           <w:sz w:val="52"/>
-          <w:szCs w:val="52"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Futura Md BT" w:eastAsia="Arial" w:hAnsi="Futura Md BT" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>CLASSE</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0016527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
           <w:b/>
           <w:color w:val="002060"/>
+          <w:spacing w:val="-67"/>
+          <w:w w:val="105"/>
           <w:sz w:val="52"/>
-          <w:szCs w:val="52"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Futura Md BT" w:eastAsia="Arial" w:hAnsi="Futura Md BT" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0016527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
           <w:b/>
           <w:color w:val="002060"/>
+          <w:spacing w:val="-1"/>
+          <w:w w:val="105"/>
           <w:sz w:val="52"/>
-          <w:szCs w:val="52"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Futura Md BT" w:eastAsia="Arial" w:hAnsi="Futura Md BT" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>29</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0016527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
           <w:b/>
           <w:color w:val="002060"/>
-          <w:sz w:val="52"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Futura Md BT" w:eastAsia="Arial" w:hAnsi="Futura Md BT" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="105"/>
+          <w:position w:val="23"/>
+          <w:sz w:val="31"/>
+        </w:rPr>
+        <w:t>er</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="661ABC11" w14:textId="77777777" w:rsidR="005F3069" w:rsidRPr="00FB50F0" w:rsidRDefault="005F3069" w:rsidP="005F3069">
+      <w:pPr>
+        <w:spacing w:before="8"/>
+        <w:ind w:left="3358" w:right="3239"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Black"/>
           <w:b/>
           <w:color w:val="002060"/>
-          <w:sz w:val="52"/>
-[...8 lines deleted...]
-          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="105"/>
+          <w:position w:val="23"/>
+          <w:sz w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2AADB8FC" w14:textId="77777777" w:rsidR="005F3069" w:rsidRDefault="005F3069" w:rsidP="005F3069">
+      <w:pPr>
+        <w:spacing w:before="8"/>
+        <w:ind w:right="13"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Black"/>
           <w:color w:val="002060"/>
-          <w:sz w:val="52"/>
-[...4 lines deleted...]
-        <w:t>er</w:t>
+          <w:sz w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0094753A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Black"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t>Regata</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0094753A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Black"/>
+          <w:color w:val="002060"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0094753A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Black"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t>Nazionale</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E96E776" w14:textId="77777777" w:rsidR="00BB779D" w:rsidRPr="006D4D73" w:rsidRDefault="00BB779D" w:rsidP="0017004A">
-      <w:pPr>
+    <w:p w14:paraId="5FC0AB1F" w14:textId="02206971" w:rsidR="001848B4" w:rsidRDefault="001848B4" w:rsidP="006455BD">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="3035" w:right="3045"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Futura Md BT" w:eastAsia="Arial" w:hAnsi="Futura Md BT" w:cs="Arial"/>
-[...78 lines deleted...]
-          <w:color w:val="002060"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006D4D73">
-[...3 lines deleted...]
-          <w:color w:val="002060"/>
+    </w:p>
+    <w:p w14:paraId="7D71ADD5" w14:textId="5EC494BE" w:rsidR="001848B4" w:rsidRDefault="004A63AB" w:rsidP="006455BD">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="3035" w:right="3045"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F3069">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
-        <w:t>Località – gg/mm/2024</w:t>
-[...17 lines deleted...]
-          <w:rFonts w:ascii="Futura Md BT" w:eastAsia="Arial" w:hAnsi="Futura Md BT" w:cs="Arial"/>
+        <w:t>Luogo gg/mm/</w:t>
+      </w:r>
+      <w:r w:rsidR="001A0F74" w:rsidRPr="005F3069">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>2026</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="270FB15F" w14:textId="4319AC3C" w:rsidR="000E50F8" w:rsidRPr="0017004A" w:rsidRDefault="00BB779D" w:rsidP="005F3069">
+      <w:pPr>
+        <w:spacing w:before="8"/>
+        <w:ind w:right="13"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidR="009C60E1" w:rsidRPr="006D4D73">
-[...2 lines deleted...]
-          <w:b/>
+      <w:r w:rsidR="009C60E1" w:rsidRPr="005F3069">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Black"/>
           <w:color w:val="FF0000"/>
-          <w:sz w:val="48"/>
-[...48 lines deleted...]
-        <w:t>A</w:t>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t>BANDO DI REGATA</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-[...9 lines deleted...]
-          <w:sz w:val="28"/>
+    <w:p w14:paraId="20144CF3" w14:textId="77777777" w:rsidR="000E50F8" w:rsidRPr="00682907" w:rsidRDefault="000E50F8" w:rsidP="006455BD">
+      <w:pPr>
+        <w:spacing w:before="12" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6860E640" w14:textId="730E6906" w:rsidR="00197245" w:rsidRPr="00F57E6B" w:rsidRDefault="00197245" w:rsidP="00197245">
-[...136 lines deleted...]
-        <w:spacing w:before="17"/>
+    <w:p w14:paraId="23C8113A" w14:textId="4D49ACD2" w:rsidR="00B72229" w:rsidRPr="00977A12" w:rsidRDefault="00B72229" w:rsidP="006455BD">
+      <w:pPr>
+        <w:spacing w:before="17" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="434"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="749EBFFF" w14:textId="77777777" w:rsidR="00B72229" w:rsidRPr="00A47AB6" w:rsidRDefault="00B72229" w:rsidP="00B72229">
-      <w:pPr>
+    <w:p w14:paraId="779943F5" w14:textId="77777777" w:rsidR="005F3069" w:rsidRDefault="005F3069" w:rsidP="005F3069">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="002060"/>
+        </w:rPr>
+        <w:t>AUTORITÀ ORGANIZZATRICE</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DD108D0" w14:textId="77777777" w:rsidR="005F3069" w:rsidRPr="0064667C" w:rsidRDefault="005F3069" w:rsidP="005F3069">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0064667C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">La </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0064667C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>autorità</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0064667C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0064667C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>organizzatrice</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0064667C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> è la </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0064667C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Federazione</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0064667C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0064667C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Italiana</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0064667C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Vela </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0064667C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>che</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0064667C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ne </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0064667C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>demanda</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0064667C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> la </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0064667C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>organizzazione</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0064667C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> al </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0064667C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>__________________</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0064667C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0064667C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>,  (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0064667C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Eventuale</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0064667C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0064667C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0064667C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>collaborazione</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0064667C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> con _______________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0064667C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="674BE24F" w14:textId="77777777" w:rsidR="005F3069" w:rsidRPr="0064667C" w:rsidRDefault="005F3069" w:rsidP="005F3069">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0064667C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Riferimenti</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0064667C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0064667C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Contatti</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0064667C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0064667C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>___________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0064667C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> via </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0064667C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>_____________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0064667C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0064667C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>località</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0064667C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>____________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0064667C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6535ED3A" w14:textId="77777777" w:rsidR="005F3069" w:rsidRPr="0064667C" w:rsidRDefault="005F3069" w:rsidP="005F3069">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0064667C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Sito</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0064667C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0064667C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>_____________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0064667C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – e-mail: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7">
+        <w:r w:rsidRPr="0064667C">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="000080"/>
+            <w:highlight w:val="yellow"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>_______________</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="0064667C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – mobile: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0064667C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B69B2BD" w14:textId="77777777" w:rsidR="00D646A1" w:rsidRPr="00A5359D" w:rsidRDefault="00D646A1" w:rsidP="006455BD">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="002060"/>
-[...7 lines deleted...]
-          <w:color w:val="002060"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="749EBFFF" w14:textId="1D78B94E" w:rsidR="00B72229" w:rsidRPr="00C70EA4" w:rsidRDefault="00B72229" w:rsidP="006455BD">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>Nel presente Bando di Regata e nelle successive Istruzioni di Regata sono utilizzate le seguenti abbreviazioni:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09387D25" w14:textId="77777777" w:rsidR="00B72229" w:rsidRPr="00A47AB6" w:rsidRDefault="00B72229" w:rsidP="00B72229">
+    <w:p w14:paraId="09387D25" w14:textId="14CCF300" w:rsidR="00B72229" w:rsidRPr="00C70EA4" w:rsidRDefault="00B72229" w:rsidP="006455BD">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="002060"/>
-[...8 lines deleted...]
-          <w:sz w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>AO</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A47AB6">
-[...3 lines deleted...]
-          <w:sz w:val="22"/>
+      <w:r w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:tab/>
-        <w:t>- Comitato Organizzatore, Circolo Organizzatore</w:t>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidR="00045919" w:rsidRPr="00045919">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>Autorità Organizzatrice</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5725B04F" w14:textId="77777777" w:rsidR="00B72229" w:rsidRPr="00A47AB6" w:rsidRDefault="00B72229" w:rsidP="00B72229">
+    <w:p w14:paraId="5725B04F" w14:textId="77777777" w:rsidR="00B72229" w:rsidRDefault="00B72229" w:rsidP="006455BD">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="002060"/>
-[...8 lines deleted...]
-          <w:sz w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>AUC</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A47AB6">
-[...3 lines deleted...]
-          <w:sz w:val="22"/>
+      <w:r w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:tab/>
         <w:t>- Albo Ufficiale dei Comunicati</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BE9A58F" w14:textId="77777777" w:rsidR="00B72229" w:rsidRPr="00A47AB6" w:rsidRDefault="00B72229" w:rsidP="00B72229">
+    <w:p w14:paraId="42E91FA4" w14:textId="2827A670" w:rsidR="00A5359D" w:rsidRPr="00A5359D" w:rsidRDefault="00A5359D" w:rsidP="003E4B8F">
+      <w:pPr>
+        <w:pStyle w:val="Paragrafoelenco"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A5359D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>CO</w:t>
+      </w:r>
+      <w:r w:rsidR="003E4B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A5359D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- Comitato Organizzatore, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BE9A58F" w14:textId="77777777" w:rsidR="00B72229" w:rsidRPr="00C70EA4" w:rsidRDefault="00B72229" w:rsidP="006455BD">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="002060"/>
-          <w:sz w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00A47AB6">
-[...3 lines deleted...]
-          <w:sz w:val="22"/>
+      <w:r w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>CdP</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00A47AB6">
-[...3 lines deleted...]
-          <w:sz w:val="22"/>
+      <w:r w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:tab/>
         <w:t>- Comitato delle Proteste</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D813724" w14:textId="77777777" w:rsidR="00B72229" w:rsidRPr="00A47AB6" w:rsidRDefault="00B72229" w:rsidP="00B72229">
+    <w:p w14:paraId="2D813724" w14:textId="77777777" w:rsidR="00B72229" w:rsidRPr="00C70EA4" w:rsidRDefault="00B72229" w:rsidP="006455BD">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="002060"/>
-          <w:sz w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00A47AB6">
-[...3 lines deleted...]
-          <w:sz w:val="22"/>
+      <w:r w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>CdR</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00A47AB6">
-[...3 lines deleted...]
-          <w:sz w:val="22"/>
+      <w:r w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:tab/>
         <w:t>- Comitato di Regata</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="512D31E6" w14:textId="77777777" w:rsidR="00B72229" w:rsidRPr="00A47AB6" w:rsidRDefault="00B72229" w:rsidP="00B72229">
+    <w:p w14:paraId="512D31E6" w14:textId="77777777" w:rsidR="00B72229" w:rsidRPr="00C70EA4" w:rsidRDefault="00B72229" w:rsidP="006455BD">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="002060"/>
-[...8 lines deleted...]
-          <w:sz w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>CIS</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A47AB6">
-[...3 lines deleted...]
-          <w:sz w:val="22"/>
+      <w:r w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:tab/>
         <w:t>- Codice internazionale dei segnali</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4DE02BE1" w14:textId="77777777" w:rsidR="00B72229" w:rsidRPr="00A47AB6" w:rsidRDefault="00B72229" w:rsidP="00B72229">
+    <w:p w14:paraId="4DE02BE1" w14:textId="1428D69B" w:rsidR="00B72229" w:rsidRDefault="00B72229" w:rsidP="006455BD">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="002060"/>
-[...17 lines deleted...]
-          <w:sz w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>CT</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:tab/>
         <w:t>- Comitato Tecnico</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C004316" w14:textId="77777777" w:rsidR="00B72229" w:rsidRPr="00A47AB6" w:rsidRDefault="00B72229" w:rsidP="00B72229">
+    <w:p w14:paraId="72C1EF5D" w14:textId="5A5F25AE" w:rsidR="00A5359D" w:rsidRPr="00A5359D" w:rsidRDefault="00A5359D" w:rsidP="003E4B8F">
+      <w:pPr>
+        <w:pStyle w:val="Paragrafoelenco"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A5359D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>BdR</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="003E4B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A5359D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Bando di Regata</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C004316" w14:textId="77777777" w:rsidR="00B72229" w:rsidRPr="00C70EA4" w:rsidRDefault="00B72229" w:rsidP="006455BD">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="002060"/>
-          <w:sz w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00A47AB6">
-[...3 lines deleted...]
-          <w:sz w:val="22"/>
+      <w:r w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>IdR</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00A47AB6">
-[...3 lines deleted...]
-          <w:sz w:val="22"/>
+      <w:r w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:tab/>
         <w:t>- Istruzioni di Regata</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="211A6F7F" w14:textId="55EDD42A" w:rsidR="00B72229" w:rsidRPr="00A47AB6" w:rsidRDefault="00B72229" w:rsidP="00B72229">
+    <w:p w14:paraId="211A6F7F" w14:textId="47B88A67" w:rsidR="00B72229" w:rsidRPr="00C70EA4" w:rsidRDefault="00B72229" w:rsidP="006455BD">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="002060"/>
-[...8 lines deleted...]
-          <w:sz w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>RRS</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A47AB6">
-[...3 lines deleted...]
-          <w:sz w:val="22"/>
+      <w:r w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">- Regole di Regata della Vela World </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00A47AB6">
-[...3 lines deleted...]
-          <w:sz w:val="22"/>
+      <w:r w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>Sailing</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00A47AB6">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> (WS) 2021-2024 </w:t>
+      <w:r w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (WS) 202</w:t>
+      </w:r>
+      <w:r w:rsidR="001A0F74" w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>-202</w:t>
+      </w:r>
+      <w:r w:rsidR="001A0F74" w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ovvero Regola</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E342013" w14:textId="77777777" w:rsidR="00B72229" w:rsidRPr="00A47AB6" w:rsidRDefault="00B72229" w:rsidP="00B72229">
+    <w:p w14:paraId="0E342013" w14:textId="77777777" w:rsidR="00B72229" w:rsidRPr="00C70EA4" w:rsidRDefault="00B72229" w:rsidP="006455BD">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="002060"/>
-[...8 lines deleted...]
-          <w:sz w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>SR</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A47AB6">
-[...3 lines deleted...]
-          <w:sz w:val="22"/>
+      <w:r w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:tab/>
         <w:t>- Segreteria di Regata</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00BF3094" w14:textId="77777777" w:rsidR="00B72229" w:rsidRPr="00A47AB6" w:rsidRDefault="00B72229" w:rsidP="00B72229">
+    <w:p w14:paraId="00BF3094" w14:textId="77777777" w:rsidR="00B72229" w:rsidRPr="00C70EA4" w:rsidRDefault="00B72229" w:rsidP="006455BD">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="002060"/>
-[...8 lines deleted...]
-          <w:sz w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>WS</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A47AB6">
-[...3 lines deleted...]
-          <w:sz w:val="22"/>
+      <w:r w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">- World </w:t>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">World </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00A47AB6">
-[...3 lines deleted...]
-          <w:sz w:val="22"/>
+      <w:r w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>Sailing</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="41B74FAB" w14:textId="77777777" w:rsidR="00B72229" w:rsidRPr="00A47AB6" w:rsidRDefault="00B72229" w:rsidP="00B72229">
+    <w:p w14:paraId="30B122EA" w14:textId="77777777" w:rsidR="007A5C2A" w:rsidRPr="00C70EA4" w:rsidRDefault="007A5C2A" w:rsidP="006455BD">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
-        <w:rPr>
-[...4 lines deleted...]
-          <w:szCs w:val="36"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1E77CA75" w14:textId="73EC1B68" w:rsidR="00B72229" w:rsidRPr="00A47AB6" w:rsidRDefault="00B72229" w:rsidP="00B72229">
+    <w:p w14:paraId="1E77CA75" w14:textId="7BBD8556" w:rsidR="00B72229" w:rsidRPr="00C70EA4" w:rsidRDefault="00B72229" w:rsidP="006455BD">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
-        <w:rPr>
-[...13 lines deleted...]
-          <w:szCs w:val="22"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Notazioni ai punti del Bando di Regata e delle successive Istruzioni di Regata:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BB219E1" w14:textId="7364407D" w:rsidR="000E50F8" w:rsidRPr="00A47AB6" w:rsidRDefault="000C5612">
-[...1 lines deleted...]
-        <w:spacing w:before="1" w:line="220" w:lineRule="exact"/>
+    <w:p w14:paraId="3BB219E1" w14:textId="7364407D" w:rsidR="000E50F8" w:rsidRPr="00C70EA4" w:rsidRDefault="000C5612" w:rsidP="006455BD">
+      <w:pPr>
+        <w:spacing w:before="1" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="419"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="002060"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
-          <w:color w:val="002060"/>
           <w:lang w:val="it-IT" w:eastAsia="it-IT"/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5E4A3B0E" wp14:editId="7D384962">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="page">
               <wp:posOffset>621665</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="page">
               <wp:posOffset>-106680</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="38100" cy="142875"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="5" name="Immagine 5"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 5"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9">
+                    <a:blip r:embed="rId8">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="38100" cy="142875"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="9680" w:type="dxa"/>
         <w:tblInd w:w="350" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="640"/>
         <w:gridCol w:w="9040"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A47AB6" w:rsidRPr="00A47AB6" w14:paraId="6A76F7A4" w14:textId="77777777">
+      <w:tr w:rsidR="007A5C2A" w:rsidRPr="00D86AEA" w14:paraId="6A76F7A4" w14:textId="77777777" w:rsidTr="004A63AB">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="660"/>
+          <w:trHeight w:hRule="exact" w:val="959"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="640" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1D890DBC" w14:textId="77777777" w:rsidR="000E50F8" w:rsidRPr="00A47AB6" w:rsidRDefault="000E50F8">
+          <w:p w14:paraId="2DE09CE5" w14:textId="02DF2115" w:rsidR="007A5C2A" w:rsidRPr="00C70EA4" w:rsidRDefault="00977A12" w:rsidP="00977A12">
             <w:pPr>
-              <w:spacing w:before="6" w:line="180" w:lineRule="exact"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-                <w:lang w:val="it-IT"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00A47AB6">
+            <w:r w:rsidRPr="00986EA0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:color w:val="002060"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="it-IT"/>
               </w:rPr>
-              <w:t>NP</w:t>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidR="007A5C2A" w:rsidRPr="00C70EA4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>[NP]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9040" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1CEFCE7E" w14:textId="77777777" w:rsidR="000E50F8" w:rsidRPr="00A47AB6" w:rsidRDefault="000E50F8">
+          <w:p w14:paraId="21051862" w14:textId="427A702A" w:rsidR="007A5C2A" w:rsidRDefault="00986EA0" w:rsidP="007A5C2A">
             <w:pPr>
-              <w:spacing w:before="2" w:line="120" w:lineRule="exact"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="254"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-[...2 lines deleted...]
-                <w:szCs w:val="13"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="it-IT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986EA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="it-IT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Indica che una barca non può protestare un'altra barca per aver infranto una regola così annotata. Il </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00986EA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="it-IT"/>
+              </w:rPr>
+              <w:t>CdP</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00986EA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="it-IT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> potrà rifiutarsi di tenere l’udienza quando una barca protesta in base a queste regole (modifica le RRS </w:t>
+            </w:r>
+            <w:r w:rsidR="00CB27AF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="it-IT"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00986EA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="it-IT"/>
+              </w:rPr>
+              <w:t>.1</w:t>
+            </w:r>
+            <w:r w:rsidR="00CB27AF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="it-IT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00986EA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="it-IT"/>
+              </w:rPr>
+              <w:t>e 63.2(a)).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1B82229F" w14:textId="03C8C1BA" w:rsidR="00986EA0" w:rsidRPr="00C70EA4" w:rsidRDefault="00986EA0" w:rsidP="007A5C2A">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="254"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="it-IT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="1B82229F" w14:textId="27209E74" w:rsidR="000E50F8" w:rsidRPr="00A47AB6" w:rsidRDefault="001848B4" w:rsidP="001848B4">
-[...17 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A47AB6" w:rsidRPr="00A47AB6" w14:paraId="03F90C20" w14:textId="77777777" w:rsidTr="00D33113">
+      <w:tr w:rsidR="007A5C2A" w:rsidRPr="00D86AEA" w14:paraId="15FC2BEA" w14:textId="77777777" w:rsidTr="004A63AB">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="660"/>
+          <w:trHeight w:hRule="exact" w:val="715"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="640" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7810CD87" w14:textId="0452CC0B" w:rsidR="00D33113" w:rsidRPr="00B847B8" w:rsidRDefault="00D33113" w:rsidP="00D33113">
+          <w:p w14:paraId="46062E54" w14:textId="110876C5" w:rsidR="007A5C2A" w:rsidRPr="00C70EA4" w:rsidRDefault="007A5C2A" w:rsidP="00977A12">
             <w:pPr>
-              <w:ind w:left="189"/>
+              <w:spacing w:before="6" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="002060"/>
-                <w:szCs w:val="19"/>
                 <w:lang w:val="it-IT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B847B8">
+            <w:r w:rsidRPr="00C70EA4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:color w:val="002060"/>
+                <w:color w:val="000000"/>
               </w:rPr>
-              <w:t>SP</w:t>
+              <w:t>[SP]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9040" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="416F6B0D" w14:textId="77777777" w:rsidR="00D33113" w:rsidRPr="00B847B8" w:rsidRDefault="00D33113" w:rsidP="00D33113">
+          <w:p w14:paraId="762C2108" w14:textId="50E3C812" w:rsidR="007A5C2A" w:rsidRPr="00C70EA4" w:rsidRDefault="00986EA0" w:rsidP="007A5C2A">
             <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="254"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="002060"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="it-IT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B847B8">
+            <w:r w:rsidRPr="00986EA0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="002060"/>
+                <w:color w:val="000000"/>
                 <w:lang w:val="it-IT"/>
               </w:rPr>
-              <w:t xml:space="preserve">Regole per le quali il </w:t>
-[...45 lines deleted...]
-              <w:t>)</w:t>
+              <w:t>Indica Regole che prevedono l’applicazione di una penalità standard applicata dal Comitato senza udienza (modifica le RRS A5.1 e A5.2).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="71072C29" w14:textId="77777777" w:rsidR="000E50F8" w:rsidRPr="00197245" w:rsidRDefault="000E50F8">
-[...2 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="71072C29" w14:textId="77777777" w:rsidR="000E50F8" w:rsidRPr="00C70EA4" w:rsidRDefault="000E50F8" w:rsidP="006455BD">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5C18BE94" w14:textId="466F5184" w:rsidR="000E50F8" w:rsidRPr="007576A0" w:rsidRDefault="009C60E1" w:rsidP="007576A0">
-[...18 lines deleted...]
-        <w:t>REGOLE</w:t>
+    <w:p w14:paraId="5C18BE94" w14:textId="2DF35C89" w:rsidR="000E50F8" w:rsidRPr="00C70EA4" w:rsidRDefault="00BB779D" w:rsidP="007A5C2A">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="426"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="005F1ECF" w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="009C60E1" w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> REGOLE</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72D4E5C4" w14:textId="77777777" w:rsidR="005B3FA3" w:rsidRPr="005B3FA3" w:rsidRDefault="005B3FA3" w:rsidP="001A46AD">
+    <w:p w14:paraId="7D4D53B7" w14:textId="77777777" w:rsidR="007A5C2A" w:rsidRPr="007A5C2A" w:rsidRDefault="007A5C2A" w:rsidP="007A5C2A">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1973"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="426"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007A5C2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>La</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A5C2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="3"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A5C2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>manifestazione</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A5C2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="3"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A5C2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>è</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A5C2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="3"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A5C2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>governata</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A5C2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="3"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A5C2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>da:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A919DA7" w14:textId="164C4B0F" w:rsidR="007A5C2A" w:rsidRPr="007A5C2A" w:rsidRDefault="007A5C2A" w:rsidP="007A5C2A">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="1973"/>
         </w:tabs>
-        <w:ind w:left="1134" w:hanging="708"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="1134"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007A5C2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>le</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A5C2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A5C2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>RRS</w:t>
+      </w:r>
+      <w:r w:rsidR="00A276FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F59CF6E" w14:textId="07E835C0" w:rsidR="007A5C2A" w:rsidRPr="007A5C2A" w:rsidRDefault="007A5C2A" w:rsidP="007A5C2A">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1973"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="1134"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007A5C2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>la</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A5C2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="7"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A5C2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>Normativa</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A5C2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="9"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A5C2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>FIV</w:t>
+      </w:r>
+      <w:r w:rsidR="00986EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A5C2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>per</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A5C2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="7"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A5C2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>l’Attività</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A5C2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="7"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A5C2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>Sportiva</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A5C2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="7"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A5C2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>Nazionale</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A5C2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="7"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A5C2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>Organizzata</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A5C2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="7"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A5C2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A5C2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="7"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A5C2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>Italia</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A5C2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="6"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A5C2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>2026,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A5C2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="7"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A5C2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>la</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A5C2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="7"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A5C2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>Scheda</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A5C2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="7"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A5C2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>Normativa</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A5C2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="7"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A5C2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>di</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A5C2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="35"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A5C2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>Classe</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A5C2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2026</w:t>
+      </w:r>
+      <w:r w:rsidR="00A276FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30700F77" w14:textId="28E55BDD" w:rsidR="00986EA0" w:rsidRPr="00986EA0" w:rsidRDefault="007A5C2A" w:rsidP="00986EA0">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1973"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="1134"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>Si applica l'Appendice P (SPECIALI PROCEDURE</w:t>
+      </w:r>
+      <w:r w:rsidR="00A5359D" w:rsidRPr="00986EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00986EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>PER</w:t>
+      </w:r>
+      <w:r w:rsidR="00A5359D" w:rsidRPr="00986EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00986EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>LA REG.42) con le seguenti modifiche</w:t>
+      </w:r>
+      <w:r w:rsidR="00A276FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F17EBFE" w14:textId="0201F6A5" w:rsidR="007A5C2A" w:rsidRPr="007A5C2A" w:rsidRDefault="00986EA0" w:rsidP="00986EA0">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="744" w:right="622"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="007A5C2A" w:rsidRPr="007A5C2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>1. Le RRS P2.1, P2.2, P2.3 sono cancellate e sostituite da:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16D20F1F" w14:textId="13791011" w:rsidR="00F0554A" w:rsidRPr="007A5C2A" w:rsidRDefault="00A276FA" w:rsidP="007A5C2A">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1973"/>
+          <w:tab w:val="left" w:pos="2268"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="1430" w:right="622"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidR="007A5C2A" w:rsidRPr="007A5C2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Quando una barca </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007A5C2A" w:rsidRPr="007A5C2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>é</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007A5C2A" w:rsidRPr="007A5C2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> penalizzata in base alla regola P1.2 la sua penalità deve essere </w:t>
+      </w:r>
+      <w:r w:rsidR="007A5C2A" w:rsidRPr="007A5C2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">una Penalità di un Giro come da regola 44.2. Qualora non esegua la penalità, essa deve </w:t>
+      </w:r>
+      <w:r w:rsidR="00045919" w:rsidRPr="007A5C2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">essere </w:t>
+      </w:r>
+      <w:r w:rsidR="007A5C2A" w:rsidRPr="007A5C2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>squalificata senza udienza".</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="444A7B6C" w14:textId="4211A4B1" w:rsidR="007A5C2A" w:rsidRPr="00351F29" w:rsidRDefault="007A5C2A" w:rsidP="00986EA0">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="744" w:right="622"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007A5C2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00351F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>2. "La RRS P</w:t>
+      </w:r>
+      <w:r w:rsidR="00351F29" w:rsidRPr="00351F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00351F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4 è così modificata: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="786DA6E9" w14:textId="066FD609" w:rsidR="007A5C2A" w:rsidRPr="007A5C2A" w:rsidRDefault="007A5C2A" w:rsidP="007A5C2A">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1973"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="1322" w:right="622"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00351F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>Se una barca è penalizzata in base al punto 1.</w:t>
+      </w:r>
+      <w:r w:rsidR="00351F29" w:rsidRPr="00351F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00351F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1 del presente Bando di Regata e non era ragionevolmente possibile per lei ritirarsi prima di arrivare, </w:t>
+      </w:r>
+      <w:r w:rsidR="00351F29" w:rsidRPr="00351F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>deve</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00351F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> essere classificata come se si fosse prontamente ritirata".</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B3CFD99" w14:textId="0FECF05C" w:rsidR="007A5C2A" w:rsidRPr="00F0554A" w:rsidRDefault="007A5C2A" w:rsidP="00682907">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="1973"/>
+          <w:tab w:val="left" w:pos="2260"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:ind w:right="622" w:hanging="850"/>
         <w:contextualSpacing/>
-        <w:rPr>
-[...11 lines deleted...]
-        <w:t>La manifestazione è governata da:</w:t>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0554A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">La RRS 40.1 si applica sempre </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0554A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">quando le barche sono </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0554A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>in acqua</w:t>
+      </w:r>
+      <w:r w:rsidR="00556B6A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (modifica il Preambolo della Parte 4 del RRS)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0554A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C7F97AC" w14:textId="77777777" w:rsidR="005B3FA3" w:rsidRPr="005B3FA3" w:rsidRDefault="005B3FA3" w:rsidP="001A46AD">
+    <w:p w14:paraId="1DD9C93A" w14:textId="2BBDCC95" w:rsidR="007A5C2A" w:rsidRPr="00F0554A" w:rsidRDefault="007A5C2A" w:rsidP="007A5C2A">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="1973"/>
+          <w:tab w:val="left" w:pos="2260"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:before="7" w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="1134" w:right="618"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0554A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>In</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0554A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="31"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0554A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>caso</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0554A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="31"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0554A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>di</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0554A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="31"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0554A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>conflitto</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0554A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="31"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0554A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>tra</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0554A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="31"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0554A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>Bando</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0554A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="31"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0554A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>di</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0554A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="32"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0554A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>Regata</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0554A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="31"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0554A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0554A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="32"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0554A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>Istruzioni</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0554A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="13"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0554A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>di</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0554A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="13"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0554A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>Regata,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0554A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="13"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0554A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>prevarranno</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0554A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="12"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0554A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>le</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0554A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="12"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F0554A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>IdR</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F0554A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="12"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0554A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>ed</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0554A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="12"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0554A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0554A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="13"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0554A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>successivi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0554A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="27"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0554A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>Comunicati</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0554A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ufficiali </w:t>
+      </w:r>
+      <w:r w:rsidR="00556B6A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>nel rispetto della</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0554A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> RRS </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0554A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>63.5(c)</w:t>
+      </w:r>
+      <w:r w:rsidR="00556B6A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4757428B" w14:textId="5885FD39" w:rsidR="00556B6A" w:rsidRPr="00556B6A" w:rsidRDefault="007A5C2A" w:rsidP="007A5C2A">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="1973"/>
+          <w:tab w:val="left" w:pos="2260"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:before="7" w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="1134" w:right="618"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0554A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>Si</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0554A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0554A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>applicheranno</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0554A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0554A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>anche</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0554A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F0554A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>le</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0554A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0554A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="3"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0554A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>Linee</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F0554A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0554A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="3"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00556B6A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>G</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0554A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>uida</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0554A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00556B6A" w:rsidRPr="00556B6A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>(*)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0554A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="3"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0554A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>per</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0554A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0554A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="3"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0554A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>la</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0554A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0554A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="3"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0554A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>gestione</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0554A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0554A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="3"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0554A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>delle</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0554A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0554A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="3"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0554A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>regate</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0554A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0554A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="3"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0554A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>della</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0554A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0554A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="3"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00556B6A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="3"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0554A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>lasse</w:t>
+      </w:r>
+      <w:r w:rsidR="00556B6A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E10F3C" w:rsidRPr="007A5C2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>29</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E10F3C" w:rsidRPr="007A5C2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:position w:val="7"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>er</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F0554A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0554A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00556B6A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="3"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tuttavia </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0554A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>la</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0554A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0554A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>mancata</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0554A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="27"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0554A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>osservanza</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0554A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="10"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0554A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>di</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0554A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="10"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0554A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>queste</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0554A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="10"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0554A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>Linee</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0554A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="10"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00556B6A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>G</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0554A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>uida</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0554A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="10"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0554A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>non</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0554A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="10"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A276FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="10"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">potrà essere </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0554A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>di</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0554A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="10"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0554A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>per</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0554A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="10"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0554A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>sé</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0554A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="10"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0554A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>motivo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0554A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="10"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0554A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>di</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0554A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="10"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0554A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>richiesta</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0554A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="10"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0554A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>di</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0554A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="11"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0554A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>riparazione</w:t>
+      </w:r>
+      <w:r w:rsidR="00556B6A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e il </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00556B6A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>CdP</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00556B6A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00556B6A" w:rsidRPr="00986EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">potrà rifiutarsi di tenere l’udienza </w:t>
+      </w:r>
+      <w:r w:rsidR="00556B6A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>per una richiesta presentata in tal senso</w:t>
+      </w:r>
+      <w:r w:rsidR="00556B6A" w:rsidRPr="00986EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (modifica le RRS 61.1(a) e 63.2(a))</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0554A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0554A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0554A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="0000FF"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47096640" w14:textId="2E06D7EA" w:rsidR="007A5C2A" w:rsidRDefault="00556B6A" w:rsidP="00556B6A">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="1973"/>
+          <w:tab w:val="left" w:pos="2260"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:before="7" w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="1134" w:right="618"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="0000FF"/>
+          <w:spacing w:val="-2"/>
+          <w:u w:val="single" w:color="0000FF"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00556B6A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>(*)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B292407" w14:textId="5A549E13" w:rsidR="00A276FA" w:rsidRPr="00F0554A" w:rsidRDefault="00BE168A" w:rsidP="00556B6A">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="1973"/>
+          <w:tab w:val="left" w:pos="2260"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:before="7" w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="1134" w:right="618"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId9" w:history="1">
+        <w:r w:rsidR="00A276FA" w:rsidRPr="00437EE3">
+          <w:rPr>
+            <w:rStyle w:val="Collegamentoipertestuale"/>
+            <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:lang w:val="it-IT"/>
+          </w:rPr>
+          <w:t>https://29er.org/assets/29erMedia/29er%20RACE%20MANAGEMENT%20GUIDELINES%202024-2.pdf</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00A276FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4EA47739" w14:textId="60E62780" w:rsidR="007A5C2A" w:rsidRPr="00F0554A" w:rsidRDefault="007A5C2A" w:rsidP="007A5C2A">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1973"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="1134"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0554A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Si </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F0554A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>applica</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F0554A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F0554A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>l’Appendice</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F0554A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0554A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+        </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidR="00556B6A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78155C97" w14:textId="668E0BB5" w:rsidR="00DE7790" w:rsidRPr="00C70EA4" w:rsidRDefault="00DE7790" w:rsidP="006455BD">
+      <w:pPr>
+        <w:spacing w:before="8" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="426"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="03414E7E" w14:textId="36C28AD1" w:rsidR="00DE7790" w:rsidRPr="00C70EA4" w:rsidRDefault="00DE7790" w:rsidP="006455BD">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="005F1ECF" w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ISTRUZIONI DI REG</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-15"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>AT</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1028CB85" w14:textId="4A379904" w:rsidR="00122983" w:rsidRPr="00C70EA4" w:rsidRDefault="007A5C2A" w:rsidP="006455BD">
+      <w:pPr>
+        <w:spacing w:before="16" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="425"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>Le   Istruzioni   di   Regata   saranno   disponibili   sull’AUC   dalle   ore</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE7790" w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="15"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A276FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="15"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="00122983" w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="15"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>9:00</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE7790" w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="15"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DE7790" w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>del</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE7790" w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="15"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00122983" w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="15"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>5 marzo 2026</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE7790" w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="15"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DE7790" w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">al seguente </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00A276FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>l</w:t>
+      </w:r>
+      <w:r w:rsidR="00837C63" w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>ink:</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004A63AB" w:rsidRPr="004A63AB">
+        <w:rPr>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>xxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00122983" w:rsidRPr="004A63AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72640C85" w14:textId="241110C2" w:rsidR="00DE7790" w:rsidRPr="00C70EA4" w:rsidRDefault="00DE7790" w:rsidP="006455BD">
+      <w:pPr>
+        <w:spacing w:before="8" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="426"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="781797BE" w14:textId="605456D4" w:rsidR="00226C83" w:rsidRPr="00C70EA4" w:rsidRDefault="00EB78E2" w:rsidP="006455BD">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="005F1ECF" w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> COMUNICATI</w:t>
+      </w:r>
+      <w:r w:rsidR="00226C83" w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E362B01" w14:textId="06CD4139" w:rsidR="00E10F3C" w:rsidRDefault="007A5C2A" w:rsidP="00E10F3C">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1972"/>
+        </w:tabs>
+        <w:ind w:left="993" w:hanging="568"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-14"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007A5C2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>3.1</w:t>
+      </w:r>
+      <w:r w:rsidR="00E10F3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="007A5C2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>L’Albo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A5C2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-14"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A5C2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>Ufficiale</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A5C2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-14"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A5C2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>dei</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A5C2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-14"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A5C2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>Comunicati</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A5C2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-14"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A5C2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>(AUC)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A5C2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-14"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A5C2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>sarà</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A5C2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-14"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A5C2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>solo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A5C2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-14"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A5C2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>ON-LINE</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A5C2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-14"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A5C2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>al</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A5C2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-13"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A5C2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>seguente</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A5C2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-14"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A5C2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>link:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A5C2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-14"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-14"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="649920B1" w14:textId="06E1FC01" w:rsidR="007A5C2A" w:rsidRPr="007A5C2A" w:rsidRDefault="00E10F3C" w:rsidP="00E10F3C">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:left="993" w:hanging="568"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-14"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004A63AB" w:rsidRPr="004A63AB">
+        <w:rPr>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>xxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007A5C2A" w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C7F73F6" w14:textId="77777777" w:rsidR="007A5C2A" w:rsidRPr="007A5C2A" w:rsidRDefault="007A5C2A" w:rsidP="007A5C2A">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="11"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="78231975" w14:textId="1E93FA3B" w:rsidR="00EB78E2" w:rsidRPr="00C70EA4" w:rsidRDefault="00EB78E2" w:rsidP="006455BD">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="426"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="005F1ECF" w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ELEGGIBILI</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-15"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-11"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>’</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-11"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>ED</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-7"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>AMMISSIONI</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52CB46A1" w14:textId="32733D88" w:rsidR="007A5C2A" w:rsidRPr="00E82AEB" w:rsidRDefault="007A5C2A" w:rsidP="007A5C2A">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="1973"/>
         </w:tabs>
-        <w:ind w:left="1134" w:hanging="391"/>
-[...37 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:ind w:left="1134" w:right="619"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E82AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>La</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E82AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="8"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E82AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>regata</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E82AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="9"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E82AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>è</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E82AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="9"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E82AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>aperta</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E82AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="9"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E82AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>ai</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E82AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="10"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E82AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>timonieri</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E82AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="9"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E82AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>della</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E82AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="9"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E82AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>Classe</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E82AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="9"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E82AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>29</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E82AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:position w:val="7"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>er</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E82AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="5"/>
+          <w:position w:val="7"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E82AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>con tessera dell’Associazione</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E82AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="9"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E82AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>di</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E82AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="10"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E82AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>Classe 2026,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E82AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="9"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E82AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>tessera</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E82AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="27"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E82AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>FIV</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E82AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="27"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2026</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E82AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E82AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="27"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E82AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>visita</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E82AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="27"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E82AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>medica in corso di validità,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E82AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="27"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E82AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>certificato</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E82AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="27"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E82AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>di</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E82AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="27"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E82AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>assicurazione</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E82AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="27"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E82AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>per</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E82AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="28"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E82AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>Responsabilità</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E82AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="9"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E82AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>Civile</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E82AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E82AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>della</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E82AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E82AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>barca</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E82AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="9"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E82AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>(o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E82AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="9"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E82AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>della</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E82AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="9"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E82AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>tessera</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E82AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="9"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E82AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>FIV</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E82AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="9"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E82AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>PLUS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E82AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="9"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E82AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E82AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="9"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E82AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>alternativa)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E82AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="10"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E82AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E82AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="9"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E82AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>del</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E82AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-6"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E82AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>certificato</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E82AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="9"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E82AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>di</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E82AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="10"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E82AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>stazza</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E82AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="28"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E82AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>della barca.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75EA8AE8" w14:textId="2D635AD8" w:rsidR="005B3FA3" w:rsidRPr="00512A29" w:rsidRDefault="005B3FA3" w:rsidP="00B847B8">
-[...101 lines deleted...]
-        <w:pStyle w:val="Paragrafoelenco"/>
+    <w:p w14:paraId="5B6165B5" w14:textId="2275B39D" w:rsidR="007A5C2A" w:rsidRPr="00E82AEB" w:rsidRDefault="007A5C2A" w:rsidP="007A5C2A">
+      <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="1973"/>
         </w:tabs>
-        <w:suppressAutoHyphens/>
-        <w:ind w:left="1134" w:right="-20" w:hanging="708"/>
+        <w:spacing w:before="15"/>
+        <w:ind w:left="1134" w:right="565"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00512A29">
-[...12 lines deleted...]
-        <w:t xml:space="preserve"> applica l'Appendice P (SPECIALI PROCEDUREPERLA REG.42) con la cancellazione delle RRS P2.1, P2.2, P2.3 e P2.4 che sono sostituite da:</w:t>
+      <w:r w:rsidRPr="00E82AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E82AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="28"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E82AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>concorrenti</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E82AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="29"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E82AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>stranieri</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E82AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="29"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E82AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>dovranno</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E82AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="29"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E82AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>essere</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E82AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="29"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E82AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E82AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="28"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E82AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>regola</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E82AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="29"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E82AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>con</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E82AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="28"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A276FA" w:rsidRPr="00E82AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="28"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">quanto </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E82AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>richiesto d</w:t>
+      </w:r>
+      <w:r w:rsidR="00A276FA" w:rsidRPr="00E82AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E82AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>ll’Autorità</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E82AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E82AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>Nazionale di appartenenza</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E82AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e avere </w:t>
+      </w:r>
+      <w:r w:rsidR="00A276FA" w:rsidRPr="00E82AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">un </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E82AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">certificato di assicurazione per Responsabilità Civile come </w:t>
+      </w:r>
+      <w:r w:rsidR="00A276FA" w:rsidRPr="00E82AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">con il massimale analogo a quanto previsto </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E82AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>da</w:t>
+      </w:r>
+      <w:r w:rsidR="00A276FA" w:rsidRPr="00E82AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>lla</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E82AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Normativa </w:t>
+      </w:r>
+      <w:r w:rsidR="00A276FA" w:rsidRPr="00E82AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>FIV (€ 1.500.000,00)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E82AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C70FE47" w14:textId="18699AF9" w:rsidR="00512A29" w:rsidRPr="00A04F8E" w:rsidRDefault="00512A29" w:rsidP="001A46AD">
-[...54 lines deleted...]
-        <w:pStyle w:val="Paragrafoelenco"/>
+    <w:p w14:paraId="4287ABB8" w14:textId="17EDAD46" w:rsidR="007A5C2A" w:rsidRPr="007A5C2A" w:rsidRDefault="007A5C2A" w:rsidP="007A5C2A">
+      <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="1973"/>
         </w:tabs>
-        <w:suppressAutoHyphens/>
-[...1 lines deleted...]
-        <w:contextualSpacing w:val="0"/>
+        <w:spacing w:before="10"/>
+        <w:ind w:left="1134" w:right="619"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...29 lines deleted...]
-          <w:spacing w:val="1"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004A63AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A63AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="8"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A63AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>concorrenti</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A63AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="8"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A63AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>devono</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A63AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="8"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A63AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>avere</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A63AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="8"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A63AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>compiuto</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A63AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="9"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A63AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>13</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A63AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="8"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A63AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>anni</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A63AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="8"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A63AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>entro</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A63AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="8"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A63AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>il</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A63AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="8"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A63AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>31</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A63AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="8"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A63AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>dicembre</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A63AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="8"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A63AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="004A63AB" w:rsidRPr="004A63AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A63AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-1"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="005B3FA3">
-[...50 lines deleted...]
-          <w:lang w:val="it-IT"/>
+      <w:r w:rsidRPr="00E82AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="8"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E82AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>Le</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E82AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="8"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E82AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>iscrizioni</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E82AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="8"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E82AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>di</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E82AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="8"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E82AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>velisti</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A5C2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="8"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A5C2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>di</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A5C2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="8"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A5C2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>età</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A5C2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="28"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A5C2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>inferiore</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A5C2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A5C2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A5C2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A5C2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">questa </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A5C2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NON </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A5C2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">saranno accettate dall'Autorità </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A5C2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>Organizzatrice.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69D378F3" w14:textId="77777777" w:rsidR="007A5C2A" w:rsidRPr="007A5C2A" w:rsidRDefault="007A5C2A" w:rsidP="007A5C2A">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="199B017B" w14:textId="5F9F84F9" w:rsidR="0087713C" w:rsidRPr="00C70EA4" w:rsidRDefault="0087713C" w:rsidP="006455BD">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="426"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5. </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA5704" w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rStyle w:val="Enfasigrassetto"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="15"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>Q</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA5704" w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>UOTA DI ISCRIZIONE</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA5704" w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rStyle w:val="Enfasigrassetto"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="15"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> E DOCUMENTAZIONE</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3EB68B91" w14:textId="77777777" w:rsidR="004A63AB" w:rsidRDefault="00B505FE" w:rsidP="0097424F">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:kinsoku w:val="0"/>
+        <w:overflowPunct w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="136" w:hanging="568"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E82AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>5.1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0097424F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="006455BD" w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Le iscrizioni alla regata dovranno pervenire tramite la piattaforma FEDERVELA/CONINET</w:t>
+      </w:r>
+      <w:r w:rsidR="004A63AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> al link:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E378D9A" w14:textId="66A5A871" w:rsidR="006455BD" w:rsidRPr="00C70EA4" w:rsidRDefault="004A63AB" w:rsidP="0097424F">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:kinsoku w:val="0"/>
+        <w:overflowPunct w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="136" w:hanging="568"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004A63AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>xxxxxxxxxxxxxxxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004D46BD" w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> entro le date </w:t>
+      </w:r>
+      <w:r w:rsidR="008859E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">indicate </w:t>
+      </w:r>
+      <w:r w:rsidR="004D46BD" w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">al punto 5.2 del presente </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="008859E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>BdR</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004D46BD" w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e finalizzate </w:t>
+      </w:r>
+      <w:r w:rsidR="004D46BD" w:rsidRPr="00351F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tramite mail </w:t>
+      </w:r>
+      <w:r w:rsidR="008859E3" w:rsidRPr="00351F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>da inviare a</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004A63AB">
+        <w:rPr>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>xxxxxxxxxxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="008859E3" w:rsidRPr="00351F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004D46BD" w:rsidRPr="00351F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> allega</w:t>
+      </w:r>
+      <w:r w:rsidR="008859E3" w:rsidRPr="00351F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ndo</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="006455BD" w:rsidRPr="00351F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> la seguente documentazione</w:t>
+      </w:r>
+      <w:r w:rsidR="006455BD" w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="043FF629" w14:textId="0FC52DF2" w:rsidR="006455BD" w:rsidRPr="00C70EA4" w:rsidRDefault="0097424F" w:rsidP="0097424F">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:kinsoku w:val="0"/>
+        <w:overflowPunct w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="136" w:hanging="568"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="006455BD" w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">• </w:t>
+      </w:r>
+      <w:r w:rsidR="008859E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
-      <w:r w:rsidRPr="005B3FA3">
-[...20 lines deleted...]
-        <w:t>:</w:t>
+      <w:r w:rsidR="006455BD" w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">icevuta del bonifico della </w:t>
+      </w:r>
+      <w:r w:rsidR="008859E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>quota</w:t>
+      </w:r>
+      <w:r w:rsidR="006455BD" w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> di iscrizione;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4321913F" w14:textId="77777777" w:rsidR="005B3FA3" w:rsidRPr="005B3FA3" w:rsidRDefault="005B3FA3" w:rsidP="001A46AD">
-      <w:pPr>
+    <w:p w14:paraId="5549F2A6" w14:textId="08C448E0" w:rsidR="006455BD" w:rsidRPr="00C70EA4" w:rsidRDefault="0097424F" w:rsidP="0097424F">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="709"/>
-[...1041 lines deleted...]
-          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="clear" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:kinsoku w:val="0"/>
         <w:overflowPunct w:val="0"/>
-        <w:autoSpaceDE w:val="0"/>
-[...22 lines deleted...]
-          <w:lang w:val="it-IT"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="1134" w:right="136" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00B9110D" w:rsidRPr="00512A29">
-[...117 lines deleted...]
-        <w:t>dell’imbarcazione.</w:t>
+      <w:r w:rsidR="006455BD" w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>•</w:t>
+      </w:r>
+      <w:r w:rsidR="004D46BD" w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008859E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>copia dell’a</w:t>
+      </w:r>
+      <w:r w:rsidR="006455BD" w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ssicurazione RC con copertura minima come da Normativa FIV per l’Attività Sportiva Nazionale</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006455BD" w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Organizzata in Italia 2026 (non necessaria per chi in possesso di tessera FIV Plus);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="311E7B5F" w14:textId="3278D93F" w:rsidR="00EB78E2" w:rsidRPr="00512A29" w:rsidRDefault="00EB78E2" w:rsidP="00B847B8">
-      <w:pPr>
+    <w:p w14:paraId="4399DACF" w14:textId="21F33287" w:rsidR="006455BD" w:rsidRPr="00C70EA4" w:rsidRDefault="0097424F" w:rsidP="00734CE0">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="clear" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
-        <w:spacing w:before="13"/>
-[...29 lines deleted...]
-          <w:lang w:val="it-IT"/>
+        <w:kinsoku w:val="0"/>
+        <w:overflowPunct w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="1134" w:right="136" w:hanging="568"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00EA5704" w:rsidRPr="00512A29">
-[...122 lines deleted...]
-          <w:lang w:val="it-IT"/>
+      <w:r w:rsidR="006455BD" w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">• </w:t>
+      </w:r>
+      <w:r w:rsidR="008859E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidR="006455BD" w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>n caso di un unico bonifico per pi</w:t>
+      </w:r>
+      <w:r w:rsidR="008859E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ù</w:t>
+      </w:r>
+      <w:r w:rsidR="006455BD" w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00425CD4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>barche</w:t>
+      </w:r>
+      <w:r w:rsidR="006455BD" w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> indicare la manifestazione</w:t>
+      </w:r>
+      <w:r w:rsidR="008859E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>, i nomi e cognomi dei timonieri e prodieri,</w:t>
+      </w:r>
+      <w:r w:rsidR="006455BD" w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> i numeri velici di tutte</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC25C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>, il/i Circolo/i di appartenenza del</w:t>
+      </w:r>
+      <w:r w:rsidR="006455BD" w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t>le</w:t>
       </w:r>
-      <w:r w:rsidR="00EA5704" w:rsidRPr="00512A29">
-[...42 lines deleted...]
-        <w:t>loro autorità nazionale.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00425CD4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>barche</w:t>
+      </w:r>
+      <w:r w:rsidR="00425CD4" w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006455BD" w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>da iscrivere</w:t>
+      </w:r>
+      <w:r w:rsidR="008859E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0EA5F70D" w14:textId="61331649" w:rsidR="002E785A" w:rsidRPr="00512A29" w:rsidRDefault="002E785A" w:rsidP="00B847B8">
-[...256 lines deleted...]
-    <w:p w14:paraId="74583EBA" w14:textId="6FF521FC" w:rsidR="00BA3807" w:rsidRDefault="00B505FE" w:rsidP="000836D1">
+    <w:p w14:paraId="78CAB28A" w14:textId="688DFD1C" w:rsidR="007A5C2A" w:rsidRPr="00C70EA4" w:rsidRDefault="0097424F" w:rsidP="0097424F">
       <w:pPr>
         <w:pStyle w:val="Corpotesto"/>
         <w:kinsoku w:val="0"/>
         <w:overflowPunct w:val="0"/>
-        <w:ind w:left="1117" w:right="136" w:hanging="692"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="136" w:hanging="568"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
-[...9 lines deleted...]
-          <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00B268DA" w:rsidRPr="00B268DA">
-[...53 lines deleted...]
-        <w:t>la seguente documentazione:</w:t>
+      <w:r w:rsidR="006455BD" w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">• </w:t>
+      </w:r>
+      <w:r w:rsidR="008859E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>l</w:t>
+      </w:r>
+      <w:r w:rsidR="007A5C2A" w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">icenza per </w:t>
+      </w:r>
+      <w:r w:rsidR="008859E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">l’esposizione della </w:t>
+      </w:r>
+      <w:r w:rsidR="007A5C2A" w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>pubblicità (ove ricorra);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46C8412B" w14:textId="77777777" w:rsidR="00BA3807" w:rsidRPr="005B3FA3" w:rsidRDefault="00BA3807" w:rsidP="00BA3807">
-[...142 lines deleted...]
-    <w:p w14:paraId="12E61313" w14:textId="416F995D" w:rsidR="00906DB0" w:rsidRDefault="00B268DA" w:rsidP="000541DB">
+    <w:p w14:paraId="47209D33" w14:textId="3DD9D78D" w:rsidR="007A5C2A" w:rsidRPr="00C70EA4" w:rsidRDefault="0097424F" w:rsidP="0097424F">
       <w:pPr>
         <w:pStyle w:val="Corpotesto"/>
         <w:kinsoku w:val="0"/>
         <w:overflowPunct w:val="0"/>
-        <w:ind w:left="1134" w:right="136"/>
-[...41 lines deleted...]
-        <w:t>:</w:t>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="136" w:hanging="568"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="007A5C2A" w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">• </w:t>
+      </w:r>
+      <w:r w:rsidR="008859E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>PDF della</w:t>
+      </w:r>
+      <w:r w:rsidR="007A5C2A" w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Tessera di Classe 2026;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E50EA5D" w14:textId="711650CA" w:rsidR="00CF5B91" w:rsidRPr="002E785A" w:rsidRDefault="00CF5B91" w:rsidP="00B847B8">
+    <w:p w14:paraId="49EDFFCD" w14:textId="786322FD" w:rsidR="006455BD" w:rsidRPr="00C70EA4" w:rsidRDefault="0097424F" w:rsidP="0097424F">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:kinsoku w:val="0"/>
+        <w:overflowPunct w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="136" w:hanging="568"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="007A5C2A" w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">• </w:t>
+      </w:r>
+      <w:r w:rsidR="008859E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidR="006455BD" w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>odulo di accredito per gli atleti</w:t>
+      </w:r>
+      <w:r w:rsidR="008859E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="004D46BD" w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> scaricabile dall’</w:t>
+      </w:r>
+      <w:r w:rsidR="00A276FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>AUC</w:t>
+      </w:r>
+      <w:r w:rsidR="008859E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A7B2E0B" w14:textId="0E423A4D" w:rsidR="006455BD" w:rsidRPr="00C70EA4" w:rsidRDefault="00734CE0" w:rsidP="00734CE0">
       <w:pPr>
         <w:pStyle w:val="Corpotesto"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1134"/>
-          <w:tab w:val="left" w:pos="1560"/>
+          <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:kinsoku w:val="0"/>
         <w:overflowPunct w:val="0"/>
-        <w:ind w:left="1418" w:right="136"/>
-[...24 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="1134" w:right="136" w:hanging="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="006455BD" w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">• </w:t>
+      </w:r>
+      <w:r w:rsidR="008859E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidR="006455BD" w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>odulo</w:t>
+      </w:r>
+      <w:r w:rsidR="008859E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> di</w:t>
+      </w:r>
+      <w:r w:rsidR="006455BD" w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> liberatoria per </w:t>
+      </w:r>
+      <w:r w:rsidR="008859E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>i concorrenti minorenni</w:t>
+      </w:r>
+      <w:r w:rsidR="004D46BD" w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007A5C2A" w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>firmato in calce dal genitore, tutore o Persona di Supporto che,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007A5C2A" w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>durante la manifestazione, si assume la responsabilità di farlo regatare</w:t>
+      </w:r>
+      <w:r w:rsidR="008859E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="007A5C2A" w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004D46BD" w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>scaricabile dall’</w:t>
+      </w:r>
+      <w:r w:rsidR="00A276FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>AUC</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="1044BE1D" w14:textId="00264EB2" w:rsidR="00906DB0" w:rsidRPr="002E785A" w:rsidRDefault="00CF5B91" w:rsidP="00B847B8">
-[...73 lines deleted...]
-    <w:p w14:paraId="2C186583" w14:textId="70BC4092" w:rsidR="00B268DA" w:rsidRPr="002E785A" w:rsidRDefault="00BD7A40" w:rsidP="00BD7A40">
+    <w:p w14:paraId="32892D9B" w14:textId="1093CF2D" w:rsidR="008859E3" w:rsidRDefault="008859E3" w:rsidP="0097424F">
       <w:pPr>
         <w:pStyle w:val="Corpotesto"/>
         <w:kinsoku w:val="0"/>
         <w:overflowPunct w:val="0"/>
-        <w:spacing w:before="2"/>
-        <w:ind w:left="1134" w:right="135" w:hanging="709"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="136" w:hanging="568"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00906DB0" w:rsidRPr="00BD7A40">
-[...27 lines deleted...]
-        <w:t xml:space="preserve"> indicando in causale Nome, Cognome, Numero, Velico, e Circolo di appartenenza.</w:t>
+      <w:r w:rsidR="006455BD" w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">La quota di iscrizione è di € </w:t>
+      </w:r>
+      <w:r w:rsidR="00305986" w:rsidRPr="00305986">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>xxx</w:t>
+      </w:r>
+      <w:r w:rsidR="006455BD" w:rsidRPr="00305986">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>,00 (/00</w:t>
+      </w:r>
+      <w:r w:rsidR="006455BD" w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>) e dovrà essere versata direttamente alle seguenti</w:t>
+      </w:r>
+      <w:r w:rsidR="00977A12" w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006455BD" w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>coordinate bancarie:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61CF3636" w14:textId="77777777" w:rsidR="00906DB0" w:rsidRPr="00906DB0" w:rsidRDefault="00906DB0" w:rsidP="00906DB0">
+    <w:p w14:paraId="1937DC0F" w14:textId="10E88C85" w:rsidR="008859E3" w:rsidRDefault="008859E3" w:rsidP="0097424F">
       <w:pPr>
         <w:pStyle w:val="Corpotesto"/>
         <w:kinsoku w:val="0"/>
         <w:overflowPunct w:val="0"/>
-        <w:ind w:left="425" w:right="136"/>
-      </w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="136" w:hanging="568"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00305986">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">IBAN </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00305986">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:sym w:font="Wingdings" w:char="F0E0"/>
+      </w:r>
+      <w:r w:rsidR="004D46BD" w:rsidRPr="00305986">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004D46BD" w:rsidRPr="00305986">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>IT</w:t>
+      </w:r>
+      <w:r w:rsidR="00305986" w:rsidRPr="00305986">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>xxxxxxxxxxxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00305986" w:rsidRPr="00305986">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004D46BD" w:rsidRPr="00305986">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">presso </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00305986" w:rsidRPr="00305986">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>xxxxxxxxxxxxxxxxxxxxxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="43437C63" w14:textId="2A25AD1F" w:rsidR="00B268DA" w:rsidRPr="00B268DA" w:rsidRDefault="00B505FE" w:rsidP="000836D1">
+    <w:p w14:paraId="21547165" w14:textId="3B6FEFE7" w:rsidR="008859E3" w:rsidRDefault="008859E3" w:rsidP="0097424F">
       <w:pPr>
         <w:pStyle w:val="Corpotesto"/>
         <w:kinsoku w:val="0"/>
         <w:overflowPunct w:val="0"/>
-        <w:spacing w:before="2"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="136" w:hanging="568"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
-[...10 lines deleted...]
-          <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...20 lines deleted...]
-          <w:bCs/>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidR="004D46BD" w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ntestatario</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> conto </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008859E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:sym w:font="Wingdings" w:char="F0E0"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004D46BD" w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00305986" w:rsidRPr="00305986">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t>gg/mm</w:t>
-[...115 lines deleted...]
-        <w:t>xxx.xx</w:t>
+        <w:t>xxxxxxxxxxxxxxxx</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00B268DA" w:rsidRPr="00B268DA">
-[...48 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="0F07AB19" w14:textId="026F3962" w:rsidR="00B268DA" w:rsidRPr="00B268DA" w:rsidRDefault="00B505FE" w:rsidP="000836D1">
+    <w:p w14:paraId="7CA27FDF" w14:textId="55179F10" w:rsidR="006455BD" w:rsidRPr="00C70EA4" w:rsidRDefault="008859E3" w:rsidP="0097424F">
       <w:pPr>
         <w:pStyle w:val="Corpotesto"/>
         <w:kinsoku w:val="0"/>
         <w:overflowPunct w:val="0"/>
-        <w:spacing w:before="2"/>
-        <w:ind w:left="1134" w:right="135" w:hanging="709"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="136" w:hanging="568"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...10 lines deleted...]
-          <w:bCs/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...78 lines deleted...]
-        <w:t xml:space="preserve">per verificare la correttezza dell’iscrizione. </w:t>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="006455BD" w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ausale </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008859E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:sym w:font="Wingdings" w:char="F0E0"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Regata Nazionale 29er 2026</w:t>
+      </w:r>
+      <w:r w:rsidR="006455BD" w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="004D46BD" w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006455BD" w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Nome</w:t>
+      </w:r>
+      <w:r w:rsidR="004D46BD" w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="006455BD" w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ognome</w:t>
+      </w:r>
+      <w:r w:rsidR="004D46BD" w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> timoniere e prodiere</w:t>
+      </w:r>
+      <w:r w:rsidR="006455BD" w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>, Numero Velico, Circolo di appartenenza.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="343B9C59" w14:textId="13EC541F" w:rsidR="00B268DA" w:rsidRPr="00B268DA" w:rsidRDefault="00B268DA" w:rsidP="000836D1">
+    <w:p w14:paraId="43437C63" w14:textId="055C6226" w:rsidR="00B268DA" w:rsidRPr="00C70EA4" w:rsidRDefault="00B505FE" w:rsidP="0097424F">
       <w:pPr>
         <w:pStyle w:val="Corpotesto"/>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:kinsoku w:val="0"/>
         <w:overflowPunct w:val="0"/>
-        <w:spacing w:before="10" w:line="237" w:lineRule="auto"/>
-[...22 lines deleted...]
-      <w:r w:rsidRPr="00B268DA">
+        <w:spacing w:before="2" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="135" w:hanging="568"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E82AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>5.2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E82AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00B268DA" w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">L’iscrizione alla regata e il pagamento della quota dovranno essere </w:t>
+      </w:r>
+      <w:r w:rsidR="00B268DA" w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">effettuate entro il giorno </w:t>
+      </w:r>
+      <w:r w:rsidR="004A63AB" w:rsidRPr="004A63AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>gg</w:t>
+      </w:r>
+      <w:r w:rsidR="00122983" w:rsidRPr="004A63AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="004A63AB" w:rsidRPr="004A63AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>mm</w:t>
+      </w:r>
+      <w:r w:rsidR="00122983" w:rsidRPr="004A63AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>/2026</w:t>
+      </w:r>
+      <w:r w:rsidR="00B268DA" w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00B268DA" w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Dopo tale termine sarà possibile accettare iscrizioni ma </w:t>
+      </w:r>
+      <w:r w:rsidR="00B268DA" w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">entro e non oltre il </w:t>
+      </w:r>
+      <w:r w:rsidR="004A63AB" w:rsidRPr="004A63AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>gg</w:t>
+      </w:r>
+      <w:r w:rsidR="00122983" w:rsidRPr="004A63AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="004A63AB" w:rsidRPr="004A63AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>mm</w:t>
+      </w:r>
+      <w:r w:rsidR="00122983" w:rsidRPr="004A63AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>/2026</w:t>
+      </w:r>
+      <w:r w:rsidR="00B268DA" w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. In questo caso la quota di iscrizione sarà di </w:t>
+      </w:r>
+      <w:r w:rsidR="00122983" w:rsidRPr="004A63AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">€ </w:t>
+      </w:r>
+      <w:r w:rsidR="004A63AB" w:rsidRPr="004A63AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>000</w:t>
+      </w:r>
+      <w:r w:rsidR="00313AF2" w:rsidRPr="004A63AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>,00</w:t>
+      </w:r>
+      <w:r w:rsidR="00B268DA" w:rsidRPr="004A63AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>. Dopo</w:t>
+      </w:r>
+      <w:r w:rsidR="00720C6C" w:rsidRPr="004A63AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> il</w:t>
+      </w:r>
+      <w:r w:rsidR="00B268DA" w:rsidRPr="004A63AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004A63AB" w:rsidRPr="004A63AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>gg/mm</w:t>
+      </w:r>
+      <w:r w:rsidR="00720C6C" w:rsidRPr="004A63AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>/2026</w:t>
+      </w:r>
+      <w:r w:rsidR="00720C6C" w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B268DA" w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>non saranno accettate iscrizioni.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F07AB19" w14:textId="3E9C9FFC" w:rsidR="00B268DA" w:rsidRPr="00C70EA4" w:rsidRDefault="00B505FE" w:rsidP="0097424F">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:kinsoku w:val="0"/>
+        <w:overflowPunct w:val="0"/>
+        <w:spacing w:before="2" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="135" w:hanging="568"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E82AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>5.3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E82AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00B268DA" w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">I concorrenti che hanno trasmesso tutta la documentazione richiesta e che sono in regola con il pagamento dovranno passare dalla segreteria regata entro le </w:t>
+      </w:r>
+      <w:r w:rsidR="00B268DA" w:rsidRPr="004A63AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ore </w:t>
+      </w:r>
+      <w:r w:rsidR="00720C6C" w:rsidRPr="004A63AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>17:00</w:t>
+      </w:r>
+      <w:r w:rsidR="00B268DA" w:rsidRPr="004A63AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> del </w:t>
+      </w:r>
+      <w:r w:rsidR="004A63AB" w:rsidRPr="004A63AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>gg/mm/</w:t>
+      </w:r>
+      <w:r w:rsidR="00390AFD" w:rsidRPr="004A63AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>2026</w:t>
+      </w:r>
+      <w:r w:rsidR="00B268DA" w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B268DA" w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">per verificare la correttezza dell’iscrizione. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="343B9C59" w14:textId="53F9B969" w:rsidR="00B268DA" w:rsidRPr="00C70EA4" w:rsidRDefault="00E82AEB" w:rsidP="0097424F">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:kinsoku w:val="0"/>
+        <w:overflowPunct w:val="0"/>
+        <w:spacing w:before="10" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="136" w:hanging="568"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00B268DA" w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Chi non risulterà in regola dall’iscrizione online (es. mancanza di uno o più documenti), riceverà una segnalazione dalla S</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>R</w:t>
+      </w:r>
+      <w:r w:rsidR="00B268DA" w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e dovrà </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B268DA" w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>reinviare</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B268DA" w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00B268DA" w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>esclusivamente via email</w:t>
+      </w:r>
+      <w:r w:rsidR="00351F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a</w:t>
+      </w:r>
+      <w:r w:rsidR="004A63AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004A63AB" w:rsidRPr="004A63AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>xxxxxxxxxxxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B268DA" w:rsidRPr="00351F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00B268DA" w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B268DA" w:rsidRPr="00C70EA4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>la documentazione sostitutiva o integrativa.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6DE9D9FF" w14:textId="77777777" w:rsidR="00B268DA" w:rsidRPr="00B268DA" w:rsidRDefault="00B268DA" w:rsidP="00B268DA">
-      <w:pPr>
+    <w:p w14:paraId="67AA0257" w14:textId="77777777" w:rsidR="00977A12" w:rsidRPr="00C70EA4" w:rsidRDefault="00977A12" w:rsidP="0097424F">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:kinsoku w:val="0"/>
+        <w:overflowPunct w:val="0"/>
+        <w:spacing w:before="10" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="136" w:hanging="568"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="34D975A9" w14:textId="3574B39D" w:rsidR="00977A12" w:rsidRPr="00C70EA4" w:rsidRDefault="00977A12" w:rsidP="0097424F">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:kinsoku w:val="0"/>
+        <w:overflowPunct w:val="0"/>
+        <w:spacing w:before="10" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="136" w:hanging="568"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">La Segreteria di Regata aprirà alle ore </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A63AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">14:00 del </w:t>
+      </w:r>
+      <w:r w:rsidR="004A63AB" w:rsidRPr="004A63AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>gg</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A63AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="004A63AB" w:rsidRPr="004A63AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>mm</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A63AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>/2026.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DE9D9FF" w14:textId="77777777" w:rsidR="00B268DA" w:rsidRPr="00C70EA4" w:rsidRDefault="00B268DA" w:rsidP="006455BD">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="EnfasigrassettoArial11ptNeroEspansa075ptCarattere"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3F5CF968" w14:textId="13A36F2E" w:rsidR="00B268DA" w:rsidRPr="00B268DA" w:rsidRDefault="00B268DA" w:rsidP="000541DB">
-[...125 lines deleted...]
-          <w:highlight w:val="yellow"/>
+    <w:p w14:paraId="73AB3D52" w14:textId="57EF57C0" w:rsidR="000E50F8" w:rsidRPr="00C70EA4" w:rsidRDefault="00390AFD" w:rsidP="006455BD">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="426"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="005F1ECF" w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="000F6B5F" w:rsidRPr="000F6B5F">
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidR="00977A12" w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> [DP] [NP] PUBBLICITA’  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F86F99E" w14:textId="795F17D9" w:rsidR="00EB78E2" w:rsidRDefault="00EB78E2" w:rsidP="00826033">
-[...103 lines deleted...]
-    <w:p w14:paraId="156E84BB" w14:textId="6C63E7F9" w:rsidR="00B505FE" w:rsidRPr="009D29A0" w:rsidRDefault="006455F3" w:rsidP="000836D1">
+    <w:p w14:paraId="156E84BB" w14:textId="6019F156" w:rsidR="00B505FE" w:rsidRPr="00E82AEB" w:rsidRDefault="00390AFD" w:rsidP="00E82AEB">
       <w:pPr>
         <w:widowControl w:val="0"/>
-        <w:ind w:left="1134" w:hanging="709"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="993" w:hanging="568"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
           <w:spacing w:val="2"/>
-          <w:sz w:val="22"/>
-[...7 lines deleted...]
-          <w:b/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E82AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
-      <w:r w:rsidR="009C60E1" w:rsidRPr="004F0295">
-[...10 lines deleted...]
-          <w:b/>
+      <w:r w:rsidR="009C60E1" w:rsidRPr="00E82AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>.1</w:t>
+      </w:r>
+      <w:r w:rsidR="00977A12" w:rsidRPr="00E82AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E82AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00B505FE" w:rsidRPr="004F0295">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidR="00977A12" w:rsidRPr="00E82AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
           <w:spacing w:val="2"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
-        <w:t>Nella manifestazione è ammessa la pubblicità</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t>Nella manifestazione è ammessa la pubblicità individuale, in tal caso i concorrenti dovranno produrre la licenza di esporre pubblicità rilasciata da</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC23D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
           <w:spacing w:val="2"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
-        <w:t xml:space="preserve"> individuale, in tal caso i concorrenti dovranno produrre la licenza di esporre pubblicità rilasciata dalla FIV.</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00977A12" w:rsidRPr="00E82AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
           <w:spacing w:val="2"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>FIV.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1762FB26" w14:textId="5B900807" w:rsidR="002E785A" w:rsidRPr="002E785A" w:rsidRDefault="006455F3" w:rsidP="008115AC">
-[...2 lines deleted...]
-        <w:ind w:left="1134" w:hanging="709"/>
+    <w:p w14:paraId="23256C56" w14:textId="1CDFEBE2" w:rsidR="00C15C68" w:rsidRPr="00C70EA4" w:rsidRDefault="00390AFD" w:rsidP="00E82AEB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:before="7" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="993" w:hanging="568"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...4 lines deleted...]
-        <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E82AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
-      <w:r w:rsidR="004B4F83">
+      <w:r w:rsidR="004B4F83" w:rsidRPr="00E82AEB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
           <w:bCs/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>.2</w:t>
       </w:r>
-      <w:r w:rsidR="000836D1">
+      <w:r w:rsidR="00C15C68" w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E82AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00977A12" w:rsidRPr="00C70EA4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
-[...27 lines deleted...]
-      <w:r w:rsidR="008115AC">
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>Alle barche potrà essere richiesto di esporre pubblicità scelta e fornita dall'AO e</w:t>
+      </w:r>
+      <w:r w:rsidR="00682907">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>/o</w:t>
+      </w:r>
+      <w:r w:rsidR="00977A12" w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dall'Associazione </w:t>
+      </w:r>
+      <w:r w:rsidR="00E82AEB" w:rsidRPr="00682907">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>Nazionale</w:t>
+      </w:r>
+      <w:r w:rsidR="00E82AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00977A12" w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>della Classe 29er. Le barche dovranno esporre tale pubblicità in conformità con le istruzioni impartite dall'Autorità Organizzatrice nei limiti previsti dal</w:t>
+      </w:r>
+      <w:r w:rsidR="00E82AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_Hlk222040099"/>
+      <w:r w:rsidR="00E82AEB" w:rsidRPr="00E82AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">World </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E82AEB" w:rsidRPr="00E82AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>Sailing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E82AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E82AEB" w:rsidRPr="00E82AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>Advertising</w:t>
+      </w:r>
+      <w:r w:rsidR="00E82AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E82AEB" w:rsidRPr="00E82AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>Code</w:t>
+      </w:r>
+      <w:r w:rsidR="00E82AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w14:paraId="34036FBA" w14:textId="77777777" w:rsidR="00C15C68" w:rsidRPr="00C70EA4" w:rsidRDefault="00C15C68" w:rsidP="006455BD">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="850" w:right="57" w:hanging="425"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="2"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
-        <w:t xml:space="preserve">. </w:t>
-[...86 lines deleted...]
-      </w:r>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="23256C56" w14:textId="6D125692" w:rsidR="00C15C68" w:rsidRPr="004B4F83" w:rsidRDefault="00C15C68" w:rsidP="004B4F83">
-[...8 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="16FFF6B2" w14:textId="1CE4BE5E" w:rsidR="00192529" w:rsidRPr="00C70EA4" w:rsidRDefault="00390AFD" w:rsidP="006455BD">
+      <w:pPr>
+        <w:spacing w:before="10" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="426"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="005F1ECF" w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00192529" w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>FORMATO</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="16FFF6B2" w14:textId="596BB731" w:rsidR="00192529" w:rsidRPr="004F0295" w:rsidRDefault="006455F3" w:rsidP="00826033">
-[...1 lines deleted...]
-        <w:spacing w:before="10" w:line="240" w:lineRule="exact"/>
+    <w:p w14:paraId="34EFF372" w14:textId="5311447C" w:rsidR="00E82AEB" w:rsidRDefault="00977A12" w:rsidP="00682907">
+      <w:pPr>
+        <w:spacing w:before="10" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="426"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
-[...29 lines deleted...]
-        <w:t>FORMATO</w:t>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>Come da Scheda Normativa Classe 29er 2026.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="420FEE14" w14:textId="0974689B" w:rsidR="000E50F8" w:rsidRPr="00A30768" w:rsidRDefault="006455F3" w:rsidP="00A31E33">
-[...58 lines deleted...]
-        <w:spacing w:before="4" w:line="160" w:lineRule="exact"/>
+    <w:p w14:paraId="5AB7B6CE" w14:textId="73F5BA10" w:rsidR="000E50F8" w:rsidRPr="00C70EA4" w:rsidRDefault="000C5612" w:rsidP="006455BD">
+      <w:pPr>
+        <w:spacing w:before="4" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="426"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:lang w:val="it-IT" w:eastAsia="it-IT"/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="04ABF864" wp14:editId="02FE6357">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="page">
               <wp:posOffset>621665</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="page">
               <wp:posOffset>-106680</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="38100" cy="142875"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="3" name="Immagine 3"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 3"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9">
+                    <a:blip r:embed="rId8">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="38100" cy="142875"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54ECF23F" w14:textId="5C255602" w:rsidR="000E50F8" w:rsidRPr="009D29A0" w:rsidRDefault="006455F3" w:rsidP="00826033">
-      <w:pPr>
+    <w:p w14:paraId="54ECF23F" w14:textId="59E981A2" w:rsidR="000E50F8" w:rsidRPr="00C70EA4" w:rsidRDefault="00390AFD" w:rsidP="006455BD">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="426"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00C70EA4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
-      <w:r w:rsidR="009C60E1" w:rsidRPr="009D29A0">
+      <w:r w:rsidR="005F1ECF" w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="009C60E1" w:rsidRPr="00C70EA4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> PROGRAMMA</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FDFC2DD" w14:textId="0F5DEEA1" w:rsidR="00947E88" w:rsidRPr="009D29A0" w:rsidRDefault="006455F3" w:rsidP="00826033">
-[...1 lines deleted...]
-        <w:spacing w:before="17" w:line="220" w:lineRule="exact"/>
+    <w:p w14:paraId="6A0415F1" w14:textId="1E4CDD6F" w:rsidR="00BB70DA" w:rsidRPr="00C70EA4" w:rsidRDefault="00B505FE" w:rsidP="00E82AEB">
+      <w:pPr>
+        <w:spacing w:before="17" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="426"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...35 lines deleted...]
-      <w:r w:rsidR="00B505FE" w:rsidRPr="00947E88">
+      <w:r w:rsidRPr="00C70EA4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>La manifestazione si svolgerà secondo il seguente programma</w:t>
       </w:r>
-      <w:r w:rsidR="009C60E1" w:rsidRPr="009D29A0">
-[...23 lines deleted...]
-        <w:t xml:space="preserve">                                  </w:t>
+      <w:r w:rsidR="00E82AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
+        <w:tblpPr w:leftFromText="141" w:rightFromText="141" w:vertAnchor="text" w:horzAnchor="margin" w:tblpXSpec="center" w:tblpY="159"/>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblInd w:w="380" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1525"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="6163"/>
+        <w:gridCol w:w="2400"/>
+        <w:gridCol w:w="1843"/>
+        <w:gridCol w:w="4961"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00192529" w14:paraId="2C71548A" w14:textId="77777777" w:rsidTr="008C14C6">
+      <w:tr w:rsidR="005F1ECF" w:rsidRPr="00C70EA4" w14:paraId="3D845163" w14:textId="77777777" w:rsidTr="00E82AEB">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcW w:w="2400" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3A80A6D4" w14:textId="507D2A56" w:rsidR="00192529" w:rsidRDefault="00947E88" w:rsidP="00947E88">
+          <w:p w14:paraId="17F4CE3C" w14:textId="56D4C87A" w:rsidR="005F1ECF" w:rsidRPr="00C70EA4" w:rsidRDefault="005F1ECF" w:rsidP="00977A12">
             <w:pPr>
-              <w:spacing w:line="220" w:lineRule="exact"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-11"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009D29A0">
-[...17 lines deleted...]
-            <w:r w:rsidR="00192529">
+            <w:r w:rsidRPr="00C70EA4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:position w:val="-1"/>
               </w:rPr>
-              <w:t xml:space="preserve">a  </w:t>
+              <w:t>Data</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1526" w:type="dxa"/>
+            <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="748CF1F2" w14:textId="7EA0D2E3" w:rsidR="00192529" w:rsidRDefault="00192529" w:rsidP="00947E88">
+          <w:p w14:paraId="2598907E" w14:textId="77777777" w:rsidR="005F1ECF" w:rsidRPr="00C70EA4" w:rsidRDefault="005F1ECF" w:rsidP="00977A12">
             <w:pPr>
-              <w:spacing w:line="240" w:lineRule="exact"/>
-              <w:ind w:left="426"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="194"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:position w:val="-1"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00C70EA4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:position w:val="-1"/>
               </w:rPr>
               <w:t>Ora</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6163" w:type="dxa"/>
+            <w:tcW w:w="4961" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5E2AD66F" w14:textId="0AB7A175" w:rsidR="00192529" w:rsidRDefault="00192529" w:rsidP="000504D1">
+          <w:p w14:paraId="68EBEA31" w14:textId="65C6BB59" w:rsidR="005F1ECF" w:rsidRPr="00C70EA4" w:rsidRDefault="005F1ECF" w:rsidP="00977A12">
             <w:pPr>
-              <w:spacing w:line="220" w:lineRule="exact"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="201"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C70EA4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:position w:val="-1"/>
+              </w:rPr>
+              <w:t>Descrizione</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008C14C6" w14:paraId="59A5C04C" w14:textId="77777777" w:rsidTr="008C14C6">
+      <w:tr w:rsidR="00977A12" w:rsidRPr="00C70EA4" w14:paraId="2DB58CC6" w14:textId="77777777" w:rsidTr="00E82AEB">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="260"/>
+          <w:trHeight w:hRule="exact" w:val="478"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6DD60759" w14:textId="591B525E" w:rsidR="00977A12" w:rsidRPr="00C70EA4" w:rsidRDefault="001F38A7" w:rsidP="00D077F3">
+            <w:pPr>
+              <w:spacing w:before="80" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-11"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-11"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00977A12" w:rsidRPr="00C70EA4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-11"/>
+              </w:rPr>
+              <w:t>Mercole</w:t>
+            </w:r>
+            <w:r w:rsidR="00977A12" w:rsidRPr="00C70EA4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>dì</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="46E4CF67" w14:textId="33E460DC" w:rsidR="00977A12" w:rsidRPr="004A63AB" w:rsidRDefault="00977A12" w:rsidP="00D077F3">
+            <w:pPr>
+              <w:spacing w:before="80" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:position w:val="-1"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004A63AB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:position w:val="-1"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>14:00</w:t>
+            </w:r>
+            <w:r w:rsidR="00E82AEB" w:rsidRPr="004A63AB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:position w:val="-1"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A63AB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:position w:val="-1"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>17:00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="52F575D0" w14:textId="7933B40C" w:rsidR="00977A12" w:rsidRPr="00C70EA4" w:rsidRDefault="00977A12" w:rsidP="00D077F3">
+            <w:pPr>
+              <w:spacing w:before="80" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="201"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C70EA4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Apertura </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C70EA4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Segreteria</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00973CA7" w:rsidRPr="00C70EA4" w14:paraId="77F77127" w14:textId="77777777" w:rsidTr="00E82AEB">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="415"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2B64C4BA" w14:textId="2D4B26AE" w:rsidR="008C14C6" w:rsidRDefault="008C14C6" w:rsidP="008C14C6">
+          <w:p w14:paraId="183318E9" w14:textId="0833D32B" w:rsidR="00973CA7" w:rsidRPr="00C70EA4" w:rsidRDefault="001F38A7" w:rsidP="00D077F3">
             <w:pPr>
-              <w:spacing w:line="220" w:lineRule="exact"/>
+              <w:spacing w:before="240" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-11"/>
               </w:rPr>
-              <w:t xml:space="preserve">   V</w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="003D2BA2" w:rsidRPr="00C70EA4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-11"/>
               </w:rPr>
-              <w:t>enerdì</w:t>
+              <w:t>Giovedì</w:t>
             </w:r>
-            <w:r w:rsidR="000541DB">
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00977A12" w:rsidRPr="00C70EA4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-11"/>
               </w:rPr>
-              <w:t xml:space="preserve"> 00</w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1526" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="6163" w:type="dxa"/>
+            <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3715C7FB" w14:textId="4D465510" w:rsidR="008C14C6" w:rsidRDefault="008C14C6" w:rsidP="000504D1">
+          <w:p w14:paraId="7B4F633B" w14:textId="5B64B9ED" w:rsidR="00973CA7" w:rsidRPr="004A63AB" w:rsidRDefault="00973CA7" w:rsidP="00D077F3">
             <w:pPr>
-              <w:spacing w:line="220" w:lineRule="exact"/>
+              <w:spacing w:before="80" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="004A63AB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:position w:val="-1"/>
+                <w:highlight w:val="yellow"/>
               </w:rPr>
-              <w:t xml:space="preserve">   Apertura Segreteria</w:t>
+              <w:t>09:00-</w:t>
             </w:r>
-          </w:p>
-[...20 lines deleted...]
-              <w:ind w:left="426"/>
+            <w:r w:rsidRPr="004A63AB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:spacing w:val="-16"/>
+                <w:position w:val="-1"/>
+                <w:highlight w:val="yellow"/>
               </w:rPr>
-            </w:pPr>
-[...16 lines deleted...]
-              <w:ind w:left="426"/>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A63AB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:position w:val="-1"/>
+                <w:highlight w:val="yellow"/>
               </w:rPr>
-            </w:pPr>
-[...4 lines deleted...]
-              <w:t>00:00</w:t>
+              <w:t>1:00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6163" w:type="dxa"/>
-[...248 lines deleted...]
-            <w:tcW w:w="6163" w:type="dxa"/>
+            <w:tcW w:w="4961" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="20E89748" w14:textId="697F205E" w:rsidR="000E50F8" w:rsidRDefault="000504D1" w:rsidP="000504D1">
+          <w:p w14:paraId="2F9EBE4E" w14:textId="140E398C" w:rsidR="00973CA7" w:rsidRPr="00C70EA4" w:rsidRDefault="00973CA7" w:rsidP="00D077F3">
             <w:pPr>
-              <w:spacing w:before="14" w:line="220" w:lineRule="exact"/>
+              <w:spacing w:before="80" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="201"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C70EA4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Apertura </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C70EA4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Segreteria</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00973CA7" w:rsidRPr="00C70EA4" w14:paraId="32538089" w14:textId="77777777" w:rsidTr="00E82AEB">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="418"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="39178E5D" w14:textId="58DD5F36" w:rsidR="00973CA7" w:rsidRPr="00C70EA4" w:rsidRDefault="00973CA7" w:rsidP="00D077F3">
+            <w:pPr>
+              <w:spacing w:before="80" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="426"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6ABCD58F" w14:textId="63E8A76A" w:rsidR="00973CA7" w:rsidRPr="004A63AB" w:rsidRDefault="00973CA7" w:rsidP="00E47258">
+            <w:pPr>
+              <w:spacing w:before="80" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="146"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004A63AB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:position w:val="-2"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>12:00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6959BA78" w14:textId="5DEC0829" w:rsidR="00973CA7" w:rsidRPr="00C70EA4" w:rsidRDefault="00973CA7" w:rsidP="00D077F3">
+            <w:pPr>
+              <w:spacing w:before="80" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="201"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C70EA4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1° </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C70EA4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Segnale</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C70EA4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C70EA4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>d’</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C70EA4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C70EA4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>vviso</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C70EA4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00973CA7" w:rsidRPr="00C70EA4" w14:paraId="7EE33DEE" w14:textId="77777777" w:rsidTr="00E82AEB">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="449"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4876D3AC" w14:textId="4738C521" w:rsidR="00973CA7" w:rsidRPr="00C70EA4" w:rsidRDefault="001F38A7" w:rsidP="00D077F3">
+            <w:pPr>
+              <w:spacing w:before="80" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:position w:val="-1"/>
               </w:rPr>
-              <w:t xml:space="preserve">    </w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="009C60E1">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="003D2BA2" w:rsidRPr="00C70EA4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:position w:val="-1"/>
+              </w:rPr>
+              <w:t>Venerdì</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00977A12" w:rsidRPr="00C70EA4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:position w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="11A34767" w14:textId="7D0D694B" w:rsidR="00973CA7" w:rsidRPr="00C70EA4" w:rsidRDefault="00E47258" w:rsidP="00E47258">
+            <w:pPr>
+              <w:spacing w:before="80" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="426"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">da </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>stabilire</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3FF6ECB2" w14:textId="60C2AC5A" w:rsidR="00973CA7" w:rsidRPr="00C70EA4" w:rsidRDefault="00973CA7" w:rsidP="00D077F3">
+            <w:pPr>
+              <w:spacing w:before="80" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="201"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C70EA4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:position w:val="-1"/>
               </w:rPr>
               <w:t>Prove</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A31E33" w:rsidRPr="008B4433" w14:paraId="673B90A8" w14:textId="77777777" w:rsidTr="00DB2E06">
+      <w:tr w:rsidR="00E47258" w:rsidRPr="00C70EA4" w14:paraId="01363F39" w14:textId="77777777" w:rsidTr="00906724">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="229"/>
+          <w:trHeight w:hRule="exact" w:val="451"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1525" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
+            <w:tcW w:w="2400" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="28C1F497" w14:textId="0D4EB5D9" w:rsidR="00A31E33" w:rsidRDefault="00A31E33" w:rsidP="00A31E33">
+          <w:p w14:paraId="521C6028" w14:textId="67EF58C7" w:rsidR="00E47258" w:rsidRPr="00C70EA4" w:rsidRDefault="00E47258" w:rsidP="00E47258">
             <w:pPr>
-              <w:spacing w:line="220" w:lineRule="exact"/>
+              <w:spacing w:before="80" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve">   Domenica 00</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C70EA4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Sabato</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1526" w:type="dxa"/>
+            <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="33D11674" w14:textId="2234F921" w:rsidR="00A31E33" w:rsidRPr="00A31E33" w:rsidRDefault="00A31E33" w:rsidP="0084312B">
+          <w:p w14:paraId="25A1C58F" w14:textId="45F21F32" w:rsidR="00E47258" w:rsidRPr="00C70EA4" w:rsidRDefault="00E47258" w:rsidP="00E47258">
             <w:pPr>
-              <w:jc w:val="center"/>
+              <w:spacing w:before="80" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="426"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00043851">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve">Da </w:t>
+              <w:t xml:space="preserve">da </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00043851">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t>definire</w:t>
+              <w:t>stabilire</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6163" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
+            <w:tcW w:w="4961" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7757328F" w14:textId="540DC96D" w:rsidR="00A31E33" w:rsidRPr="009D29A0" w:rsidRDefault="00A31E33" w:rsidP="00A31E33">
+          <w:p w14:paraId="4A24CF6C" w14:textId="77777777" w:rsidR="00E47258" w:rsidRPr="00C70EA4" w:rsidRDefault="00E47258" w:rsidP="00E47258">
             <w:pPr>
-              <w:spacing w:line="220" w:lineRule="exact"/>
+              <w:spacing w:before="80" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="201"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="it-IT"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00C70EA4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="it-IT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Prove </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E47258" w:rsidRPr="00D86AEA" w14:paraId="2A357945" w14:textId="77777777" w:rsidTr="00906724">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="451"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6ECBC86C" w14:textId="642DC9AB" w:rsidR="00E47258" w:rsidRPr="00C70EA4" w:rsidRDefault="00E47258" w:rsidP="00E47258">
+            <w:pPr>
+              <w:spacing w:before="80" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C70EA4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="it-IT"/>
+              </w:rPr>
+              <w:t>Domenica</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="it-IT"/>
               </w:rPr>
-              <w:t xml:space="preserve">    </w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="009D29A0">
-[...44 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1526" w:type="dxa"/>
+            <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="178E514D" w14:textId="52012465" w:rsidR="00A31E33" w:rsidRPr="00A31E33" w:rsidRDefault="00A31E33" w:rsidP="0084312B">
+          <w:p w14:paraId="1AD4C5E8" w14:textId="62935A2B" w:rsidR="00E47258" w:rsidRPr="00C70EA4" w:rsidRDefault="00E47258" w:rsidP="00E47258">
             <w:pPr>
-              <w:jc w:val="center"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00043851">
+              <w:spacing w:before="80" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="426"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve">Da </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00043851">
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t>definire</w:t>
+              <w:t xml:space="preserve">da </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>stabilire</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6163" w:type="dxa"/>
-            <w:vMerge/>
+            <w:tcW w:w="4961" w:type="dxa"/>
             <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0F112696" w14:textId="0FFD9BBC" w:rsidR="00A31E33" w:rsidRPr="0017004A" w:rsidRDefault="00A31E33" w:rsidP="00A31E33">
+          <w:p w14:paraId="6FB913B2" w14:textId="04247415" w:rsidR="00E47258" w:rsidRPr="00C70EA4" w:rsidRDefault="00E47258" w:rsidP="00E47258">
             <w:pPr>
-              <w:spacing w:line="200" w:lineRule="exact"/>
+              <w:spacing w:before="80" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="201"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="it-IT"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="001F38A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="it-IT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Prove e premiazioni a seguire </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C70EA4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="it-IT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="076B67ED" w14:textId="77777777" w:rsidR="000E50F8" w:rsidRPr="0017004A" w:rsidRDefault="000E50F8" w:rsidP="00826033">
-[...1 lines deleted...]
-        <w:spacing w:line="200" w:lineRule="exact"/>
+    <w:p w14:paraId="21164CEE" w14:textId="217B9CC3" w:rsidR="000E50F8" w:rsidRPr="00682907" w:rsidRDefault="000E50F8" w:rsidP="006455BD">
+      <w:pPr>
+        <w:spacing w:before="17" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="426"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1907CBE8" w14:textId="1BB5C264" w:rsidR="000E50F8" w:rsidRPr="0017004A" w:rsidRDefault="006455F3" w:rsidP="000836D1">
-[...1 lines deleted...]
-        <w:spacing w:before="34" w:line="248" w:lineRule="auto"/>
+    <w:p w14:paraId="27E13EB5" w14:textId="77777777" w:rsidR="009638A3" w:rsidRPr="009638A3" w:rsidRDefault="009638A3" w:rsidP="008D208D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:before="34" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1134" w:hanging="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:lang w:val="it-IT"/>
-[...5 lines deleted...]
-          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1907CBE8" w14:textId="64303154" w:rsidR="000E50F8" w:rsidRPr="008D208D" w:rsidRDefault="00390AFD" w:rsidP="008D208D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:before="34" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="1134" w:hanging="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D208D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
-      <w:r w:rsidR="009C60E1" w:rsidRPr="0017004A">
-[...10 lines deleted...]
-          <w:b/>
+      <w:r w:rsidR="009C60E1" w:rsidRPr="008D208D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00672187" w:rsidRPr="008D208D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="008D208D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
           <w:spacing w:val="15"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...4 lines deleted...]
-          <w:b/>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="009C60E1" w:rsidRPr="008D208D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:spacing w:val="-11"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>L</w:t>
+      </w:r>
+      <w:r w:rsidR="009C60E1" w:rsidRPr="008D208D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>’orario</w:t>
+      </w:r>
+      <w:r w:rsidR="009C60E1" w:rsidRPr="008D208D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
           <w:spacing w:val="15"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009C60E1" w:rsidRPr="008D208D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>del</w:t>
+      </w:r>
+      <w:r w:rsidR="009C60E1" w:rsidRPr="008D208D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:spacing w:val="15"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009C60E1" w:rsidRPr="008D208D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>segnale</w:t>
+      </w:r>
+      <w:r w:rsidR="009C60E1" w:rsidRPr="008D208D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:spacing w:val="15"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009C60E1" w:rsidRPr="008D208D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>di</w:t>
+      </w:r>
+      <w:r w:rsidR="009C60E1" w:rsidRPr="008D208D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:spacing w:val="15"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009C60E1" w:rsidRPr="008D208D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>avviso</w:t>
+      </w:r>
+      <w:r w:rsidR="009C60E1" w:rsidRPr="008D208D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:spacing w:val="15"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009C60E1" w:rsidRPr="008D208D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>della</w:t>
+      </w:r>
+      <w:r w:rsidR="009C60E1" w:rsidRPr="008D208D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:spacing w:val="15"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009C60E1" w:rsidRPr="008D208D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>prima</w:t>
+      </w:r>
+      <w:r w:rsidR="009C60E1" w:rsidRPr="008D208D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:spacing w:val="15"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009C60E1" w:rsidRPr="008D208D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>prova</w:t>
+      </w:r>
+      <w:r w:rsidR="009C60E1" w:rsidRPr="008D208D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:spacing w:val="15"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009C60E1" w:rsidRPr="008D208D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>di</w:t>
+      </w:r>
+      <w:r w:rsidR="009C60E1" w:rsidRPr="008D208D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:spacing w:val="15"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE0B86" w:rsidRPr="008D208D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:spacing w:val="15"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">venerdì, </w:t>
+      </w:r>
+      <w:r w:rsidR="009C60E1" w:rsidRPr="008D208D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>sabato</w:t>
+      </w:r>
+      <w:r w:rsidR="009C60E1" w:rsidRPr="008D208D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:spacing w:val="15"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009C60E1" w:rsidRPr="008D208D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="009C60E1" w:rsidRPr="008D208D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:spacing w:val="15"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009C60E1" w:rsidRPr="008D208D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>domenica</w:t>
+      </w:r>
+      <w:r w:rsidR="009C60E1" w:rsidRPr="008D208D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:spacing w:val="15"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009C60E1" w:rsidRPr="008D208D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>verrà comunicato mediante</w:t>
+      </w:r>
+      <w:r w:rsidR="009C60E1" w:rsidRPr="008D208D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:spacing w:val="30"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009C60E1" w:rsidRPr="008D208D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>avviso</w:t>
+      </w:r>
+      <w:r w:rsidR="009C60E1" w:rsidRPr="008D208D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:spacing w:val="30"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009C60E1" w:rsidRPr="008D208D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>all’A</w:t>
+      </w:r>
+      <w:r w:rsidR="00E47258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>UC</w:t>
+      </w:r>
+      <w:r w:rsidR="009C60E1" w:rsidRPr="008D208D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:spacing w:val="30"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009C60E1" w:rsidRPr="008D208D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>entro</w:t>
+      </w:r>
+      <w:r w:rsidR="009C60E1" w:rsidRPr="008D208D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:spacing w:val="30"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009C60E1" w:rsidRPr="008D208D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>le</w:t>
+      </w:r>
+      <w:r w:rsidR="009C60E1" w:rsidRPr="008D208D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:spacing w:val="30"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009C60E1" w:rsidRPr="008D208D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>ore</w:t>
+      </w:r>
+      <w:r w:rsidR="009C60E1" w:rsidRPr="008D208D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:spacing w:val="30"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F45002" w:rsidRPr="008D208D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r w:rsidR="00E47258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="009C60E1" w:rsidRPr="008D208D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>00</w:t>
+      </w:r>
+      <w:r w:rsidR="009C60E1" w:rsidRPr="008D208D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:spacing w:val="15"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009C60E1" w:rsidRPr="008D208D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>del</w:t>
+      </w:r>
+      <w:r w:rsidR="009C60E1" w:rsidRPr="008D208D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:spacing w:val="15"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009C60E1" w:rsidRPr="008D208D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>giorno</w:t>
+      </w:r>
+      <w:r w:rsidR="009C60E1" w:rsidRPr="008D208D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:spacing w:val="15"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009C60E1" w:rsidRPr="008D208D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">precedente. In caso di mancata esposizione del </w:t>
+      </w:r>
+      <w:r w:rsidR="00E47258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidR="009C60E1" w:rsidRPr="008D208D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">omunicato sarà valido </w:t>
+      </w:r>
+      <w:r w:rsidR="00E47258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">il medesimo </w:t>
+      </w:r>
+      <w:r w:rsidR="009C60E1" w:rsidRPr="008D208D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">orario </w:t>
+      </w:r>
+      <w:r w:rsidR="00E47258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>stabilito per il</w:t>
+      </w:r>
+      <w:r w:rsidR="009C60E1" w:rsidRPr="008D208D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> giorno precedente.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B264E48" w14:textId="3E50E254" w:rsidR="000E50F8" w:rsidRPr="008D208D" w:rsidRDefault="00390AFD" w:rsidP="008D208D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:before="5" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="1134" w:hanging="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D208D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="009C60E1" w:rsidRPr="008D208D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00672187" w:rsidRPr="008D208D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="008D208D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="009C60E1" w:rsidRPr="0017004A">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidR="009C60E1" w:rsidRPr="008D208D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
           <w:spacing w:val="-11"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>L</w:t>
       </w:r>
-      <w:r w:rsidR="009C60E1" w:rsidRPr="0017004A">
-[...476 lines deleted...]
-        <w:t>fetto. In caso di mancata esposizione del Comunicato sarà valido l'orario del giorno precedente.</w:t>
+      <w:r w:rsidR="009C60E1" w:rsidRPr="008D208D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>’ultimo giorno di Regate non saranno dati segnali di avviso dopo le ore 16</w:t>
+      </w:r>
+      <w:r w:rsidR="00E47258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="009C60E1" w:rsidRPr="008D208D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>00.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B264E48" w14:textId="6C5163C5" w:rsidR="000E50F8" w:rsidRDefault="006455F3" w:rsidP="00826033">
-[...84 lines deleted...]
-    <w:p w14:paraId="2998DE34" w14:textId="43AF78E9" w:rsidR="008F7C42" w:rsidRPr="009D29A0" w:rsidRDefault="006455F3" w:rsidP="00DA335D">
+    <w:p w14:paraId="2998DE34" w14:textId="557AC217" w:rsidR="008F7C42" w:rsidRPr="008D208D" w:rsidRDefault="00390AFD" w:rsidP="008D208D">
       <w:pPr>
         <w:widowControl w:val="0"/>
-        <w:ind w:left="850" w:right="177" w:hanging="425"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="1134" w:right="177" w:hanging="708"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
           <w:spacing w:val="2"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...2 lines deleted...]
-          <w:b/>
+      <w:r w:rsidRPr="008D208D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:spacing w:val="2"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
-      <w:r w:rsidR="00DA335D" w:rsidRPr="009D29A0">
-[...2 lines deleted...]
-          <w:b/>
+      <w:r w:rsidR="00DA335D" w:rsidRPr="008D208D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:spacing w:val="2"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
-        <w:t xml:space="preserve">.4 </w:t>
-[...4 lines deleted...]
-          <w:b/>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00672187" w:rsidRPr="008D208D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:spacing w:val="2"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="008D208D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="000836D1">
-[...2 lines deleted...]
-          <w:b/>
+      <w:r w:rsidR="00672187" w:rsidRPr="008D208D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:spacing w:val="2"/>
-          <w:lang w:val="it-IT"/>
-[...9 lines deleted...]
-        <w:t>Il Segnale di Avviso di ogni prova successiva della giornata sarà dato non appena possibile.</w:t>
+          <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>Sono in programma 16 prove. Con un massimo di 4 prove giornaliere.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C7B09A2" w14:textId="48738F4D" w:rsidR="00DA335D" w:rsidRPr="00DA335D" w:rsidRDefault="006455F3" w:rsidP="001E3019">
+    <w:p w14:paraId="5C7B09A2" w14:textId="0FF8395E" w:rsidR="00DA335D" w:rsidRPr="008D208D" w:rsidRDefault="00390AFD" w:rsidP="008D208D">
       <w:pPr>
         <w:pStyle w:val="Corpotesto"/>
         <w:kinsoku w:val="0"/>
         <w:overflowPunct w:val="0"/>
-        <w:ind w:left="850" w:hanging="425"/>
-[...8 lines deleted...]
-          <w:b/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="1134" w:hanging="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D208D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
-      <w:r w:rsidR="00DA335D">
-[...11 lines deleted...]
-          <w:b/>
+      <w:r w:rsidR="00DA335D" w:rsidRPr="008D208D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00672187" w:rsidRPr="008D208D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="008D208D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="000836D1">
-[...13 lines deleted...]
-        <w:t>La premiazione sarà effettuata appena possibile al termine della manifestazione.</w:t>
+      <w:r w:rsidR="00672187" w:rsidRPr="008D208D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>La regata sarà valida ai f</w:t>
+      </w:r>
+      <w:r w:rsidR="00E47258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidR="00672187" w:rsidRPr="008D208D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ni della R</w:t>
+      </w:r>
+      <w:r w:rsidR="00E47258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">anking </w:t>
+      </w:r>
+      <w:r w:rsidR="00672187" w:rsidRPr="008D208D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>List con 4 prove valide disputate.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B0BF96B" w14:textId="7478AD35" w:rsidR="00C93CAC" w:rsidRPr="00AE2574" w:rsidRDefault="006455F3" w:rsidP="001E3019">
+    <w:p w14:paraId="772D7DE4" w14:textId="2E695533" w:rsidR="00DA335D" w:rsidRPr="008D208D" w:rsidRDefault="00390AFD" w:rsidP="008D208D">
       <w:pPr>
         <w:pStyle w:val="Corpotesto"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
         <w:kinsoku w:val="0"/>
         <w:overflowPunct w:val="0"/>
-        <w:ind w:left="850" w:hanging="425"/>
-[...10 lines deleted...]
-          <w:b/>
+        <w:spacing w:before="2" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="1134" w:hanging="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D208D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
-      <w:r w:rsidR="00C93CAC" w:rsidRPr="000836D1">
-[...11 lines deleted...]
-          <w:b/>
+      <w:r w:rsidR="00DA335D" w:rsidRPr="008D208D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D86AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="008D208D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="000836D1" w:rsidRPr="000836D1">
-[...2 lines deleted...]
-          <w:b/>
+      <w:r w:rsidR="008D208D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00C93CAC" w:rsidRPr="00AE2574">
-[...41 lines deleted...]
-        <w:t xml:space="preserve"> prove giornaliere.</w:t>
+      <w:r w:rsidR="00672187" w:rsidRPr="008D208D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Se la regata è svolta a batterie </w:t>
+      </w:r>
+      <w:r w:rsidR="00E47258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>di faccia riferimento alla</w:t>
+      </w:r>
+      <w:r w:rsidR="00672187" w:rsidRPr="008D208D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Normativa FIV per l’Attività Sportiva Organizzata in Italia 2026. Le </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00672187" w:rsidRPr="008D208D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>IdR</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00672187" w:rsidRPr="008D208D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> potranno fornire ulteriori indicazioni.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6796198A" w14:textId="77777777" w:rsidR="000E50F8" w:rsidRPr="0017004A" w:rsidRDefault="000E50F8" w:rsidP="00826033">
-[...1 lines deleted...]
-        <w:spacing w:before="2" w:line="260" w:lineRule="exact"/>
+    <w:p w14:paraId="6796198A" w14:textId="77777777" w:rsidR="000E50F8" w:rsidRPr="00C70EA4" w:rsidRDefault="000E50F8" w:rsidP="006455BD">
+      <w:pPr>
+        <w:spacing w:before="2" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="426"/>
         <w:rPr>
-          <w:sz w:val="26"/>
-          <w:szCs w:val="26"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="045EA6DE" w14:textId="63906A03" w:rsidR="000E50F8" w:rsidRPr="0017004A" w:rsidRDefault="006455F3" w:rsidP="00826033">
-      <w:pPr>
+    <w:p w14:paraId="045EA6DE" w14:textId="6A42BE7A" w:rsidR="000E50F8" w:rsidRPr="00C70EA4" w:rsidRDefault="00390AFD" w:rsidP="006455BD">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00C70EA4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>9</w:t>
       </w:r>
-      <w:r w:rsidR="009C60E1" w:rsidRPr="00837C63">
+      <w:r w:rsidR="009C60E1" w:rsidRPr="00C70EA4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="009C60E1" w:rsidRPr="0017004A">
+      <w:r w:rsidR="009C60E1" w:rsidRPr="00C70EA4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="009C60E1" w:rsidRPr="0017004A">
+      <w:r w:rsidR="009C60E1" w:rsidRPr="00C70EA4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
-      <w:r w:rsidR="009C60E1" w:rsidRPr="0017004A">
+      <w:r w:rsidR="009C60E1" w:rsidRPr="00C70EA4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="-15"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
-      <w:r w:rsidR="004F0295">
-[...13 lines deleted...]
-        <w:t>P] [NP]</w:t>
+      <w:r w:rsidR="009C60E1" w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">AZZE </w:t>
+      </w:r>
+      <w:r w:rsidR="00672187" w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>[SP] [NP]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E343D0F" w14:textId="5499C762" w:rsidR="000E50F8" w:rsidRPr="0017004A" w:rsidRDefault="006455F3" w:rsidP="00B847B8">
-[...3 lines deleted...]
-        <w:contextualSpacing/>
+    <w:p w14:paraId="3E343D0F" w14:textId="11EA27C7" w:rsidR="000E50F8" w:rsidRPr="00E47258" w:rsidRDefault="00390AFD" w:rsidP="00E47258">
+      <w:pPr>
+        <w:spacing w:before="17" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="1134" w:hanging="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E47258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidR="009C60E1" w:rsidRPr="00E47258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>.1</w:t>
+      </w:r>
+      <w:r w:rsidR="009C60E1" w:rsidRPr="00E47258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:spacing w:val="45"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E47258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:spacing w:val="45"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00672187" w:rsidRPr="00E47258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:spacing w:val="-7"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>Tutte le barche dovranno essere conformi alle prescrizioni risultanti dal Certificato di Stazza o di conformità.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75173AF1" w14:textId="5F04B197" w:rsidR="000E50F8" w:rsidRPr="00E47258" w:rsidRDefault="00390AFD" w:rsidP="00E47258">
+      <w:pPr>
+        <w:spacing w:before="58" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="1134" w:hanging="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:lang w:val="it-IT"/>
-[...5 lines deleted...]
-          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E47258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>9</w:t>
       </w:r>
-      <w:r w:rsidR="009C60E1" w:rsidRPr="0017004A">
-[...20 lines deleted...]
-          <w:spacing w:val="45"/>
+      <w:r w:rsidR="009C60E1" w:rsidRPr="00E47258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>.2</w:t>
+      </w:r>
+      <w:r w:rsidR="009C60E1" w:rsidRPr="00E47258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:spacing w:val="6"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E47258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:spacing w:val="6"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="009C60E1" w:rsidRPr="0017004A">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidR="009C60E1" w:rsidRPr="00E47258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>Non sono previsti controlli preventivi di stazza.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2149B1B1" w14:textId="0DCF2782" w:rsidR="000E50F8" w:rsidRPr="00E47258" w:rsidRDefault="00390AFD" w:rsidP="00E47258">
+      <w:pPr>
+        <w:spacing w:before="5" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="1134" w:hanging="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E47258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidR="009C60E1" w:rsidRPr="00E47258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E47258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="009C60E1" w:rsidRPr="00E47258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:spacing w:val="15"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E47258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:spacing w:val="15"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="009C60E1" w:rsidRPr="00E47258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidR="009C60E1" w:rsidRPr="00E47258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:spacing w:val="15"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009C60E1" w:rsidRPr="00E47258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>concorrenti</w:t>
+      </w:r>
+      <w:r w:rsidR="009C60E1" w:rsidRPr="00E47258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:spacing w:val="15"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009C60E1" w:rsidRPr="00E47258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>dovranno</w:t>
+      </w:r>
+      <w:r w:rsidR="009C60E1" w:rsidRPr="00E47258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:spacing w:val="15"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009C60E1" w:rsidRPr="00E47258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>gareggiare</w:t>
+      </w:r>
+      <w:r w:rsidR="009C60E1" w:rsidRPr="00E47258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:spacing w:val="15"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009C60E1" w:rsidRPr="00E47258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>con</w:t>
+      </w:r>
+      <w:r w:rsidR="009C60E1" w:rsidRPr="00E47258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:spacing w:val="15"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00425CD4" w:rsidRPr="00E47258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>barche</w:t>
+      </w:r>
+      <w:r w:rsidR="009C60E1" w:rsidRPr="00E47258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="009C60E1" w:rsidRPr="00E47258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:spacing w:val="15"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009C60E1" w:rsidRPr="00E47258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>vele</w:t>
+      </w:r>
+      <w:r w:rsidR="009C60E1" w:rsidRPr="00E47258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:spacing w:val="15"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009C60E1" w:rsidRPr="00E47258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>ed</w:t>
+      </w:r>
+      <w:r w:rsidR="009C60E1" w:rsidRPr="00E47258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:spacing w:val="15"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009C60E1" w:rsidRPr="00E47258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>attrezzatura</w:t>
+      </w:r>
+      <w:r w:rsidR="009C60E1" w:rsidRPr="00E47258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:spacing w:val="15"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009C60E1" w:rsidRPr="00E47258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>regolarmente stazzate</w:t>
+      </w:r>
+      <w:r w:rsidR="00672187" w:rsidRPr="00E47258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="105B9650" w14:textId="7F4ED842" w:rsidR="00672187" w:rsidRPr="00E47258" w:rsidRDefault="00672187" w:rsidP="00E47258">
+      <w:pPr>
+        <w:spacing w:before="5" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="1134" w:hanging="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E47258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>9.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E47258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E47258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Durante tutta la regata </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB5E75">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">potrà essere </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E47258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>utilizzato un solo set di vele e uno strallo.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2332A32D" w14:textId="7D4814D5" w:rsidR="000E50F8" w:rsidRPr="00E47258" w:rsidRDefault="00390AFD" w:rsidP="00E47258">
+      <w:pPr>
+        <w:spacing w:before="5" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="1134" w:hanging="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E47258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidR="009C60E1" w:rsidRPr="00E47258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E47258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="009C60E1" w:rsidRPr="00E47258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E47258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00672187" w:rsidRPr="00E47258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
           <w:spacing w:val="-7"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
-        <w:t>T</w:t>
-[...216 lines deleted...]
-        <w:t>di conformità.</w:t>
+        <w:t xml:space="preserve">Tutte le barche dovranno regatare con il numero velico riportato sul certificato di stazza/conformità. Eventuali cambiamenti potranno essere autorizzati dal CT o, qualora non sia stato nominato, dal </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00672187" w:rsidRPr="00E47258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:spacing w:val="-7"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>CdR</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00672187" w:rsidRPr="00E47258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:spacing w:val="-7"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, solo per rotture o danni previa verifica da parte del CT o del </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00672187" w:rsidRPr="00E47258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:spacing w:val="-7"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>CdR</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00672187" w:rsidRPr="00E47258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:spacing w:val="-7"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75173AF1" w14:textId="2A82E17B" w:rsidR="000E50F8" w:rsidRPr="0017004A" w:rsidRDefault="006455F3" w:rsidP="00B847B8">
-[...1 lines deleted...]
-        <w:spacing w:before="58"/>
+    <w:p w14:paraId="68901774" w14:textId="7AE0AB5B" w:rsidR="008C205E" w:rsidRPr="00C70EA4" w:rsidRDefault="008C205E" w:rsidP="006455BD">
+      <w:pPr>
+        <w:spacing w:before="5" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...39 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="79BD4C47" w14:textId="7A10EE37" w:rsidR="004F0295" w:rsidRDefault="006455F3" w:rsidP="00B847B8">
-[...1 lines deleted...]
-        <w:spacing w:before="5" w:line="248" w:lineRule="auto"/>
+    <w:p w14:paraId="181AC9AE" w14:textId="5A37A9CD" w:rsidR="008C205E" w:rsidRPr="00C70EA4" w:rsidRDefault="008C205E" w:rsidP="006455BD">
+      <w:pPr>
+        <w:spacing w:before="5" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:lang w:val="it-IT"/>
-[...21 lines deleted...]
-          <w:b/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00390AFD" w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">0 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>ABBIGLIAMENTO E ATTREZZATURA</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E228F81" w14:textId="6EB2BE99" w:rsidR="008C205E" w:rsidRPr="00AB5E75" w:rsidRDefault="008C205E" w:rsidP="00AB5E75">
+      <w:pPr>
+        <w:spacing w:before="5" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="1134" w:hanging="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB5E75">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00390AFD" w:rsidRPr="00AB5E75">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB5E75">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.1 </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB5E75" w:rsidRPr="00AB5E75">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="009C60E1" w:rsidRPr="0017004A">
-[...155 lines deleted...]
-        <w:t>.</w:t>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AB5E75">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>E’</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="006C67F4" w:rsidRPr="00AB5E75">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB5E75">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">consentito l’uso di un solo trapezio il cui peso non può superare i </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB5E75">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>2.4 kg, misurati come da appendice H del RRS</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB5E75">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (modifica</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB5E75">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> RRS 50.1(b)</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB5E75">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB5E75">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F416DBA" w14:textId="768FBF92" w:rsidR="004F0295" w:rsidRPr="004F0295" w:rsidRDefault="006455F3" w:rsidP="00B847B8">
-[...1 lines deleted...]
-        <w:spacing w:before="5" w:line="248" w:lineRule="auto"/>
+    <w:p w14:paraId="029D8DE1" w14:textId="256DC3A0" w:rsidR="004D46BD" w:rsidRPr="00C70EA4" w:rsidRDefault="004D46BD" w:rsidP="00AB5E75">
+      <w:pPr>
+        <w:spacing w:before="5" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="1134" w:hanging="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB5E75">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10.2 </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB5E75" w:rsidRPr="00AB5E75">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00AB5E75">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>In base alla</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> RRS 50.1(c), è consentito indossare o utilizzare solo un'imbracatura a trapezio di tipo a sgancio rapido.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68A5C61B" w14:textId="77777777" w:rsidR="000E50F8" w:rsidRPr="00C70EA4" w:rsidRDefault="000E50F8" w:rsidP="006455BD">
+      <w:pPr>
+        <w:spacing w:before="9" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="426"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C68C55D" w14:textId="2DB52B22" w:rsidR="00D16158" w:rsidRPr="00C70EA4" w:rsidRDefault="000C74C8" w:rsidP="006455BD">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:lang w:val="it-IT"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00390AFD" w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00973CA7" w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D16158" w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>SEDE DELL’EVENTO</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C6B69C7" w14:textId="7899371C" w:rsidR="00223F77" w:rsidRPr="00AB5E75" w:rsidRDefault="006170C0" w:rsidP="00AB5E75">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="1134" w:hanging="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB5E75">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00390AFD" w:rsidRPr="00AB5E75">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB5E75">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.1 </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB5E75" w:rsidRPr="00AB5E75">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="004F0295" w:rsidRPr="004F0295">
-[...4 lines deleted...]
-        <w:t>Durante tutta la regata sarà utilizzato un solo set di vele e uno strallo.</w:t>
+      <w:r w:rsidR="00223F77" w:rsidRPr="00AB5E75">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>La regata si svolgerà nello specchio acqueo antistante</w:t>
+      </w:r>
+      <w:r w:rsidR="004D46BD" w:rsidRPr="00AB5E75">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> il Centro Velico Città di Quartu.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2332A32D" w14:textId="03B52D2B" w:rsidR="000E50F8" w:rsidRDefault="006455F3" w:rsidP="00B847B8">
-[...2 lines deleted...]
-        <w:ind w:left="1134" w:hanging="708"/>
+    <w:p w14:paraId="39FD010A" w14:textId="299BD442" w:rsidR="006170C0" w:rsidRDefault="006170C0" w:rsidP="00AB5E75">
+      <w:pPr>
+        <w:spacing w:before="7" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="1134" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:b/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB5E75">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00390AFD" w:rsidRPr="00AB5E75">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB5E75">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>.2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB5E75">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="009C60E1" w:rsidRPr="0017004A">
-[...370 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>Ostacoli o aree da considerare come ostacolo o ostacolo continuo saranno</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB5E75">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> eventualmente</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> oggetto di un comunicato </w:t>
+      </w:r>
+      <w:r w:rsidR="00387E6B" w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>ufficiale.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0DBC7998" w14:textId="77777777" w:rsidR="00CF5B91" w:rsidRDefault="00CF5B91" w:rsidP="00B847B8">
-[...1 lines deleted...]
-        <w:spacing w:before="5" w:line="248" w:lineRule="auto"/>
+    <w:p w14:paraId="24C2D6E9" w14:textId="77777777" w:rsidR="00AB5E75" w:rsidRPr="00C70EA4" w:rsidRDefault="00AB5E75" w:rsidP="00AB5E75">
+      <w:pPr>
+        <w:spacing w:before="7" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="1134" w:hanging="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="16A4833C" w14:textId="49B615A1" w:rsidR="0057338E" w:rsidRPr="00C70EA4" w:rsidRDefault="0057338E" w:rsidP="006455BD">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00390AFD" w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00973CA7" w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> PERCORSI</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="48D0CFB0" w14:textId="78A12FC1" w:rsidR="00CF5B91" w:rsidRPr="00541035" w:rsidRDefault="006455F3" w:rsidP="00826033">
-[...1 lines deleted...]
-        <w:spacing w:before="5" w:line="248" w:lineRule="auto"/>
+    <w:p w14:paraId="56666C2E" w14:textId="7C7BF45B" w:rsidR="003D2BA2" w:rsidRPr="00C70EA4" w:rsidRDefault="00672187" w:rsidP="00682907">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1134"/>
+          <w:tab w:val="clear" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="1709"/>
+        </w:tabs>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         </w:t>
+      </w:r>
+      <w:r w:rsidR="009638A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>iagramma</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> del percorso:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24A4442A" w14:textId="77777777" w:rsidR="00AA3C29" w:rsidRDefault="00AA3C29" w:rsidP="00040D3F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="426"/>
-        <w:jc w:val="both"/>
-[...24 lines deleted...]
-      </w:r>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="081D8912" w14:textId="5892781A" w:rsidR="00541035" w:rsidRDefault="006455F3" w:rsidP="000836D1">
-[...204 lines deleted...]
-        <w:spacing w:before="5" w:line="248" w:lineRule="auto"/>
+    <w:p w14:paraId="014B4319" w14:textId="4D7BE245" w:rsidR="00040D3F" w:rsidRPr="00C70EA4" w:rsidRDefault="00040D3F" w:rsidP="00040D3F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="426"/>
-        <w:jc w:val="both"/>
-[...265 lines deleted...]
-          <w:b/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
-          <w:lang w:val="it-IT" w:eastAsia="it-IT"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="737C9B4E" wp14:editId="4F00E749">
-[...10 lines deleted...]
-            <wp:docPr id="2" name="Immagine 2" descr="C:\Users\x\Desktop\FIV\FIV_2024\29er\29er Course diagram.jpg"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="586B557D" wp14:editId="3068230A">
+            <wp:extent cx="2399703" cy="3314700"/>
+            <wp:effectExtent l="0" t="0" r="635" b="0"/>
+            <wp:docPr id="129072150" name="Immagine 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 10" descr="C:\Users\x\Desktop\FIV\FIV_2024\29er\29er Course diagram.jpg"/>
-[...2 lines deleted...]
-                    </pic:cNvPicPr>
+                    <pic:cNvPr id="129072150" name=""/>
+                    <pic:cNvPicPr/>
                   </pic:nvPicPr>
-                  <pic:blipFill rotWithShape="1">
-[...8 lines deleted...]
-                    <a:stretch/>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId10"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
                   </pic:blipFill>
-                  <pic:spPr bwMode="auto">
+                  <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="2929334" cy="4072270"/>
+                      <a:ext cx="2469191" cy="3410684"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
-                    <a:noFill/>
-[...7 lines deleted...]
-                    </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
-            <wp14:sizeRelH relativeFrom="page">
-[...5 lines deleted...]
-          </wp:anchor>
+          </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26A022DB" w14:textId="77777777" w:rsidR="005B3FA3" w:rsidRDefault="005B3FA3" w:rsidP="001C3E6F">
-      <w:pPr>
+    <w:p w14:paraId="50215A48" w14:textId="27281558" w:rsidR="00157598" w:rsidRPr="00CE307C" w:rsidRDefault="00040D3F" w:rsidP="00CE307C">
+      <w:pPr>
+        <w:spacing w:before="4" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="1134" w:hanging="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE307C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">12.1 </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE307C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00157598" w:rsidRPr="00CE307C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>Il</w:t>
+      </w:r>
+      <w:r w:rsidR="00157598" w:rsidRPr="00CE307C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE307C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>di</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="1" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidRPr="00CE307C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>agramma</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE307C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> è </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE307C" w:rsidRPr="00CE307C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>indicativo</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE307C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE307C" w:rsidRPr="00CE307C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> non in scala</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE307C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>. M</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE307C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ostra il </w:t>
+      </w:r>
+      <w:r w:rsidR="00157598" w:rsidRPr="00CE307C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>percorso</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE307C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00672187" w:rsidRPr="00CE307C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>l’ordine secondo il quale le boe devono essere passate ed il lato dal quale ogni boa deve essere lasciata.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A916369" w14:textId="1BA4CFE0" w:rsidR="00157598" w:rsidRPr="00CE307C" w:rsidRDefault="00AC6CF4" w:rsidP="00CE307C">
+      <w:pPr>
+        <w:spacing w:before="2" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="1134" w:hanging="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE307C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00390AFD" w:rsidRPr="00CE307C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00157598" w:rsidRPr="00CE307C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>.2</w:t>
+      </w:r>
+      <w:r w:rsidR="00157598" w:rsidRPr="00CE307C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE307C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00040D3F" w:rsidRPr="00CE307C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Prima del segnale di avviso il </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00040D3F" w:rsidRPr="00CE307C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>CdR</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00040D3F" w:rsidRPr="00CE307C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> esporrà possibilmente i gradi bussola per </w:t>
+      </w:r>
+      <w:r w:rsidR="00672187" w:rsidRPr="00CE307C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">la </w:t>
+      </w:r>
+      <w:r w:rsidR="00040D3F" w:rsidRPr="00CE307C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>boa 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE307C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15008600" w14:textId="25888B65" w:rsidR="00157598" w:rsidRPr="00CE307C" w:rsidRDefault="00AC6CF4" w:rsidP="00CE307C">
+      <w:pPr>
+        <w:spacing w:before="2" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="1134" w:hanging="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE307C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00390AFD" w:rsidRPr="00CE307C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00157598" w:rsidRPr="00CE307C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.3 </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE307C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00672187" w:rsidRPr="00CE307C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Se una boa del cancello dovesse mancare la boa rimanente dovrà essere lasciata a sinistra.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="675046D1" w14:textId="4B86E6C1" w:rsidR="0057338E" w:rsidRPr="00C70EA4" w:rsidRDefault="0057338E" w:rsidP="00CE307C">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="1134" w:hanging="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="56A7C719" w14:textId="64402C28" w:rsidR="00587031" w:rsidRPr="00C70EA4" w:rsidRDefault="000C74C8" w:rsidP="006455BD">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00390AFD" w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00973CA7" w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D16158" w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>SISTEMA DELLE PENALITA’</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="6865EE78" w14:textId="77777777" w:rsidR="005B3FA3" w:rsidRDefault="005B3FA3" w:rsidP="001C3E6F">
-      <w:pPr>
+    <w:p w14:paraId="2BCC6729" w14:textId="2AF4EA9C" w:rsidR="00223F77" w:rsidRPr="00C70EA4" w:rsidRDefault="00CE307C" w:rsidP="006455BD">
+      <w:pPr>
+        <w:spacing w:before="7" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>Nella</w:t>
+      </w:r>
+      <w:r w:rsidR="00390AFD" w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> RRS 44.1, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">la penalità per qualsiasi infrazione è sempre </w:t>
+      </w:r>
+      <w:r w:rsidR="00390AFD" w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>“Un giro”.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2EDB1723" w14:textId="77777777" w:rsidR="00223F77" w:rsidRPr="00C70EA4" w:rsidRDefault="00223F77" w:rsidP="006455BD">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="297A534D" w14:textId="77777777" w:rsidR="005B3FA3" w:rsidRDefault="005B3FA3" w:rsidP="001C3E6F">
-      <w:pPr>
+    <w:p w14:paraId="3AADF6CA" w14:textId="30B33A40" w:rsidR="000E50F8" w:rsidRPr="00C70EA4" w:rsidRDefault="009C60E1" w:rsidP="006455BD">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
-[...2 lines deleted...]
-      </w:pPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00390AFD" w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00973CA7" w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> PUNTEGGIO</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="54DA856A" w14:textId="77777777" w:rsidR="005B3FA3" w:rsidRDefault="005B3FA3" w:rsidP="001C3E6F">
-[...553 lines deleted...]
-    <w:p w14:paraId="053748C9" w14:textId="41A099A9" w:rsidR="001142AC" w:rsidRDefault="009C60E1" w:rsidP="000914C4">
+    <w:p w14:paraId="41F2679F" w14:textId="77777777" w:rsidR="00351F29" w:rsidRDefault="009C60E1" w:rsidP="00CE307C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="860"/>
         </w:tabs>
-        <w:ind w:left="425"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="1134" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006A4356">
-[...3 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="00CE307C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="005B3FA3">
-[...3 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidR="00390AFD" w:rsidRPr="00CE307C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
-      <w:r w:rsidRPr="006A4356">
-[...15 lines deleted...]
-      <w:r w:rsidR="007A0562">
+      <w:r w:rsidRPr="00CE307C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.1 </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE307C" w:rsidRPr="00CE307C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...7 lines deleted...]
-      <w:r w:rsidR="00C93CAC">
+        <w:t xml:space="preserve">Si applicherà </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE307C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">il </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE307C" w:rsidRPr="00CE307C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>Sistema di Punteggio Minimo</w:t>
+      </w:r>
+      <w:r w:rsidR="00672187" w:rsidRPr="00CE307C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44989127" w14:textId="4933AD2E" w:rsidR="0043302E" w:rsidRPr="00DB0DE8" w:rsidRDefault="005B3FA3" w:rsidP="00C93CAC">
-[...9 lines deleted...]
-          <w:szCs w:val="18"/>
+    <w:p w14:paraId="49B6651F" w14:textId="05A7A83C" w:rsidR="00351F29" w:rsidRPr="00351F29" w:rsidRDefault="00351F29" w:rsidP="00351F29">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="860"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="1134" w:hanging="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-          <w:sz w:val="20"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>14.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00C93CAC" w:rsidRPr="00DB0DE8">
-[...19 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00351F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>E’</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00351F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> previsto 1 (uno) scarto al compimento</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00351F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>della quarta prova della serie di qualificazione, e 1 (uno) scarto al compimento della</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00351F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>quarta prova della serie di finale. Il punteggio finale di una barca sarà la somma e dei</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00351F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>suoi punteggi della serie di qualificazione e della serie finale, esclusi gli scarti, se</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="053748C9" w14:textId="3AE82B83" w:rsidR="001142AC" w:rsidRPr="00CE307C" w:rsidRDefault="00351F29" w:rsidP="00351F29">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="860"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="1134" w:hanging="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00351F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>applicabili. Qualora invece il numero di imbarcazioni sia inferiore a 50 verranno</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00351F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>disputate regate di flotta e sono previsti due scarti complessivi, il primo al</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00351F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>completamento della 4° prova ed il secondo al completamento della 9° prova</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="0043302E" w:rsidRPr="00DB0DE8">
-[...6 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="15B78970" w14:textId="7C6344F9" w:rsidR="0043302E" w:rsidRPr="00DB0DE8" w:rsidRDefault="005B3FA3" w:rsidP="007A0562">
-[...32 lines deleted...]
-          <w:sz w:val="20"/>
+    <w:p w14:paraId="257362B7" w14:textId="77777777" w:rsidR="00110300" w:rsidRDefault="00BB70DA" w:rsidP="00351F29">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="1134" w:hanging="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE307C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>14.</w:t>
+      </w:r>
+      <w:r w:rsidR="00351F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE307C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE307C" w:rsidRPr="00CE307C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00A31E33" w:rsidRPr="00DB0DE8">
-[...103 lines deleted...]
-        <w:t xml:space="preserve"> qualificazione.</w:t>
+      <w:r w:rsidRPr="00CE307C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>La regata</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> è valida con 3 prove disputate</w:t>
+      </w:r>
+      <w:r w:rsidR="00110300">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="181D8931" w14:textId="29EDB0E2" w:rsidR="0043302E" w:rsidRPr="00DB0DE8" w:rsidRDefault="005B3FA3" w:rsidP="0043302E">
-[...33 lines deleted...]
-          <w:sz w:val="20"/>
+    <w:p w14:paraId="3718DB1D" w14:textId="5EB9C02D" w:rsidR="00BB70DA" w:rsidRDefault="00110300" w:rsidP="00110300">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="1134" w:hanging="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>14.4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Al completamento della serie di qualificazione si disputeranno le Finali. </w:t>
+        <w:t>Se l’evento sarà</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00110300">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> disput</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>ato</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00110300">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> adottando</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00110300">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>il sistema a batterie</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tutte le batterie dovranno avere li stesso numero di prove. Se una batteria avrà un numero</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB27AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> di prove maggiore, il/i punteggi della/le prova/e in supero rispetto al numero di prove della batteria col minor numero non saranno considerati dal </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CB27AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>CdR</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CB27AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ai fini della classifica. Un’azione del </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CB27AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>CdR</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CB27AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in tal senso non potrà essere oggetto di richiesta di riparazione e il </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CB27AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>CdP</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CB27AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB27AF" w:rsidRPr="00986EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">potrà rifiutarsi di tenere l’udienza </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB27AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a seguito di una richiesta fatta in </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB27AF" w:rsidRPr="00986EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>base a quest</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB27AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB27AF" w:rsidRPr="00986EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> regol</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB60D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB27AF" w:rsidRPr="00986EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (modifica le RRS 61.1(a) e 63.2(a)).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53776975" w14:textId="1EA798CF" w:rsidR="00D86B7C" w:rsidRPr="00DB0DE8" w:rsidRDefault="0043302E" w:rsidP="00C93CAC">
-[...51 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="49ACD790" w14:textId="77777777" w:rsidR="00351F29" w:rsidRPr="00C70EA4" w:rsidRDefault="00351F29" w:rsidP="00351F29">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="1134" w:hanging="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="03638529" w14:textId="06680B0F" w:rsidR="00D86B7C" w:rsidRDefault="00D86B7C" w:rsidP="00C93CAC">
-[...28 lines deleted...]
-      <w:pPr>
+    <w:p w14:paraId="3AF5836E" w14:textId="36C2FE69" w:rsidR="00F711D1" w:rsidRPr="00C70EA4" w:rsidRDefault="00F711D1" w:rsidP="006455BD">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0084312B">
+      <w:r w:rsidRPr="00C70EA4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="000836D1" w:rsidRPr="0084312B">
+      <w:r w:rsidR="00390AFD" w:rsidRPr="00C70EA4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
-      <w:r w:rsidRPr="0084312B">
+      <w:r w:rsidR="00973CA7" w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C70EA4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="-7"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00396685" w:rsidRPr="0084312B">
-[...38 lines deleted...]
-        <w:t xml:space="preserve">O </w:t>
+      <w:r w:rsidR="002E49D9" w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>[DP] [NP] PERSONE DI SUPPORTO</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C5CD74A" w14:textId="1024FEFB" w:rsidR="0084312B" w:rsidRDefault="00223F77" w:rsidP="0084312B">
+    <w:p w14:paraId="49D99837" w14:textId="2D559D62" w:rsidR="0097330F" w:rsidRPr="00C70EA4" w:rsidRDefault="00223F77" w:rsidP="00CE307C">
       <w:pPr>
         <w:pStyle w:val="Paragrafoelenco"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="509"/>
+          <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:kinsoku w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:ind w:left="993" w:hanging="568"/>
+        <w:spacing w:before="92" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="1134" w:hanging="709"/>
         <w:contextualSpacing w:val="0"/>
-        <w:jc w:val="both"/>
-[...11 lines deleted...]
-          <w:bCs/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE307C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="007A0562">
-[...3 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidR="00390AFD" w:rsidRPr="00CE307C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
-      <w:r>
-[...8 lines deleted...]
-      <w:r w:rsidR="007A0562">
+      <w:r w:rsidRPr="00CE307C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>.1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE307C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="0084312B" w:rsidRPr="001D7BA0">
-[...29 lines deleted...]
-      <w:r w:rsidR="0084312B" w:rsidRPr="003B09AD">
+      <w:r w:rsidR="0097330F" w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>Tutte le Persone di Supporto (allenatori/genitori/accompagnatori) dovranno accreditarsi</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE307C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0097330F" w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">compilando il modulo </w:t>
+      </w:r>
+      <w:r w:rsidR="00A51815" w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>accredito</w:t>
+      </w:r>
+      <w:r w:rsidR="0097330F" w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> disponibile </w:t>
+      </w:r>
+      <w:r w:rsidR="00A51815" w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>sull’</w:t>
+      </w:r>
+      <w:r w:rsidR="00A276FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>AUC</w:t>
+      </w:r>
+      <w:r w:rsidR="002E49D9" w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004A63AB" w:rsidRPr="004A63AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>xxxxxxxxxxxxxxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004A63AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A51815" w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>detto</w:t>
+      </w:r>
+      <w:r w:rsidR="0097330F" w:rsidRPr="00C70EA4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
-        <w:t xml:space="preserve">REGOLE PER LE BARCHE </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0084312B">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A51815" w:rsidRPr="00C70EA4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
-        <w:t>DELLE</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0084312B" w:rsidRPr="003B09AD">
+        <w:t xml:space="preserve">“Modulo accredito” </w:t>
+      </w:r>
+      <w:r w:rsidR="00A51815" w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ed inviandolo via mail </w:t>
+      </w:r>
+      <w:r w:rsidR="002E49D9" w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004A63AB" w:rsidRPr="004A63AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>xxxxxxxxxxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002E49D9" w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A51815" w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">entro il </w:t>
+      </w:r>
+      <w:r w:rsidR="004A63AB" w:rsidRPr="004A63AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>gg/mm</w:t>
+      </w:r>
+      <w:r w:rsidR="00A51815" w:rsidRPr="004A63AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>/2026</w:t>
+      </w:r>
+      <w:r w:rsidR="00A51815" w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> unitamente ai seguenti dati</w:t>
+      </w:r>
+      <w:r w:rsidR="0097330F" w:rsidRPr="00C70EA4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
-        <w:t xml:space="preserve"> PERSONALE DI SUPPORTO</w:t>
-[...231 lines deleted...]
-        <w:t>supporto</w:t>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49D99837" w14:textId="3FDB0CAE" w:rsidR="0097330F" w:rsidRPr="00C54BF6" w:rsidRDefault="0084312B" w:rsidP="0084312B">
+    <w:p w14:paraId="37419894" w14:textId="77777777" w:rsidR="002E49D9" w:rsidRPr="00C70EA4" w:rsidRDefault="0097330F" w:rsidP="00CE307C">
       <w:pPr>
         <w:pStyle w:val="Paragrafoelenco"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="509"/>
+          <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:kinsoku w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:ind w:left="993" w:hanging="568"/>
+        <w:spacing w:before="92" w:line="276" w:lineRule="auto"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="000000"/>
-[...90 lines deleted...]
-        <w:t>indicando:</w:t>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>caratteristiche del proprio mezzo di assistenza;</w:t>
+      </w:r>
+      <w:r w:rsidR="00223F77" w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BB15ECE" w14:textId="52DF45A9" w:rsidR="0097330F" w:rsidRPr="00C54BF6" w:rsidRDefault="0097330F" w:rsidP="0084312B">
+    <w:p w14:paraId="6AAAFCE3" w14:textId="5FAEA55A" w:rsidR="0097330F" w:rsidRPr="00C70EA4" w:rsidRDefault="002E49D9" w:rsidP="00CE307C">
       <w:pPr>
         <w:pStyle w:val="Paragrafoelenco"/>
-        <w:widowControl w:val="0"/>
         <w:numPr>
-          <w:ilvl w:val="1"/>
-          <w:numId w:val="8"/>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="12"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="837"/>
+          <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:kinsoku w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:line="275" w:lineRule="exact"/>
-        <w:ind w:firstLine="298"/>
+        <w:spacing w:before="92" w:line="276" w:lineRule="auto"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:szCs w:val="22"/>
-[...34 lines deleted...]
-        <w:t xml:space="preserve"> numero di targa sia del carrello che del pulmino</w:t>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidR="0097330F" w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nominativi </w:t>
+      </w:r>
+      <w:r w:rsidR="00223F77" w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">e numeri velici </w:t>
+      </w:r>
+      <w:r w:rsidR="0097330F" w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>dei concorrenti accompagnati;</w:t>
+      </w:r>
+      <w:r w:rsidR="000F6B5F" w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6AAAFCE3" w14:textId="459514FF" w:rsidR="0097330F" w:rsidRPr="00C54BF6" w:rsidRDefault="0097330F" w:rsidP="000541DB">
+    <w:p w14:paraId="3CB48341" w14:textId="70E717A3" w:rsidR="0097330F" w:rsidRPr="00C70EA4" w:rsidRDefault="006942EE" w:rsidP="00CE307C">
       <w:pPr>
         <w:pStyle w:val="Paragrafoelenco"/>
-        <w:widowControl w:val="0"/>
         <w:numPr>
-          <w:ilvl w:val="1"/>
-          <w:numId w:val="8"/>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="12"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="837"/>
+          <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:kinsoku w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="2" w:line="275" w:lineRule="exact"/>
-        <w:ind w:firstLine="298"/>
+        <w:spacing w:before="92" w:line="276" w:lineRule="auto"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:szCs w:val="22"/>
-[...51 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">conferma </w:t>
+      </w:r>
+      <w:r w:rsidR="002E49D9" w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">di avere a bordo del proprio mezzo un dispositivo </w:t>
+      </w:r>
+      <w:r w:rsidR="0097330F" w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>VHF</w:t>
+      </w:r>
+      <w:r w:rsidR="002E49D9" w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3CB48341" w14:textId="77777777" w:rsidR="0097330F" w:rsidRPr="00C54BF6" w:rsidRDefault="0097330F" w:rsidP="000541DB">
+    <w:p w14:paraId="4F4EDDF9" w14:textId="77777777" w:rsidR="002E49D9" w:rsidRPr="006942EE" w:rsidRDefault="002E49D9" w:rsidP="00CE307C">
       <w:pPr>
         <w:pStyle w:val="Paragrafoelenco"/>
-        <w:widowControl w:val="0"/>
-[...3 lines deleted...]
-        </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="837"/>
+          <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:kinsoku w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:line="275" w:lineRule="exact"/>
-        <w:ind w:firstLine="298"/>
+        <w:spacing w:before="92" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="1145"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:szCs w:val="22"/>
-[...27 lines deleted...]
-      </w:r>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="79C157B4" w14:textId="68EFE601" w:rsidR="0097330F" w:rsidRDefault="0097330F" w:rsidP="0084312B">
-[...21 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="7E3873F2" w14:textId="116D7C82" w:rsidR="00D16158" w:rsidRPr="006942EE" w:rsidRDefault="00156C62" w:rsidP="006942EE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="1134" w:hanging="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006942EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00390AFD" w:rsidRPr="006942EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006942EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.2 </w:t>
+      </w:r>
+      <w:r w:rsidR="006942EE" w:rsidRPr="006942EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="002E49D9" w:rsidRPr="006942EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>Firmando il modulo di registrazione la persona di supporto si assume la</w:t>
+      </w:r>
+      <w:r w:rsidR="006942EE" w:rsidRPr="006942EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002E49D9" w:rsidRPr="006942EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>responsabilità di far regatare per l’intera durata della manifestazione gli atleti da lei accompagnati.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06FDE3D6" w14:textId="304E2F04" w:rsidR="002E49D9" w:rsidRPr="006942EE" w:rsidRDefault="002E49D9" w:rsidP="006942EE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="1134" w:hanging="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006942EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">15.3 </w:t>
+      </w:r>
+      <w:r w:rsidR="006942EE" w:rsidRPr="006942EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006942EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Le Persone di Supporto sono soggette alle RRS per le BPS come da Normativa Attività Sportiva  2026 disponibili al link </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r w:rsidRPr="006942EE">
+          <w:rPr>
+            <w:rStyle w:val="Collegamentoipertestuale"/>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:lang w:val="it-IT"/>
+          </w:rPr>
+          <w:t>https://www.federvela.it/federvela/normative-e-regolamenti/programmazione-attivit%C3%A0-sportiva-nazionale/103-norme-per-l-attivit%C3%A0-sportiva-nazionale/file.html</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="551A32ED" w14:textId="08187C07" w:rsidR="002E49D9" w:rsidRPr="006942EE" w:rsidRDefault="002E49D9" w:rsidP="006942EE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="1134" w:hanging="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006942EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">15.4 </w:t>
+      </w:r>
+      <w:r w:rsidR="006942EE" w:rsidRPr="006942EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006942EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Queste Regole per le </w:t>
+      </w:r>
+      <w:r w:rsidR="006942EE" w:rsidRPr="006942EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006942EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>mbarcazioni delle Persone di Supporto (BPS) dovranno essere rispettate sia a terra che in acqua dalle 08</w:t>
+      </w:r>
+      <w:r w:rsidR="006942EE" w:rsidRPr="006942EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006942EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">00 del </w:t>
+      </w:r>
+      <w:r w:rsidR="004A63AB" w:rsidRPr="004A63AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>gg/mm</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A63AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>/2026</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006942EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> alla fine della manifestazione il </w:t>
+      </w:r>
+      <w:r w:rsidR="004A63AB" w:rsidRPr="004A63AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>gg/mm/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A63AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>2026.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006942EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6920920D" w14:textId="173385D5" w:rsidR="002E49D9" w:rsidRPr="006942EE" w:rsidRDefault="002E49D9" w:rsidP="00CE307C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="426"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006942EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">15.5 </w:t>
+      </w:r>
+      <w:r w:rsidR="006942EE" w:rsidRPr="006942EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006942EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Le persone di supporto accreditate saranno soggette alle direttive tecniche del </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006942EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>CdR</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006942EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e del </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006942EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>CdP</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006942EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0798745A" w14:textId="03673BF4" w:rsidR="00F711D1" w:rsidRPr="00156C62" w:rsidRDefault="00156C62" w:rsidP="00156C62">
-[...1 lines deleted...]
-        <w:spacing w:line="248" w:lineRule="auto"/>
+    <w:p w14:paraId="41CCDBF5" w14:textId="2A731453" w:rsidR="002E49D9" w:rsidRDefault="002E49D9" w:rsidP="006942EE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="1134" w:hanging="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006942EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>15.6</w:t>
+      </w:r>
+      <w:r w:rsidR="006942EE" w:rsidRPr="006942EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006942EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>Ogni mezzo di assistenza accreditato, dovrà esporre l’adesivo numerato fornito</w:t>
+      </w:r>
+      <w:r w:rsidR="006942EE" w:rsidRPr="006942EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006942EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>dall’</w:t>
+      </w:r>
+      <w:r w:rsidR="006942EE" w:rsidRPr="006942EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>AO</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006942EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2795B51B" w14:textId="77777777" w:rsidR="002E49D9" w:rsidRPr="006942EE" w:rsidRDefault="002E49D9" w:rsidP="002E49D9">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="426"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:bCs/>
-[...6 lines deleted...]
-          <w:b/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3D0CC65F" w14:textId="77777777" w:rsidR="002E49D9" w:rsidRPr="00C70EA4" w:rsidRDefault="0057338E" w:rsidP="002E49D9">
+      <w:pPr>
+        <w:spacing w:before="5" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="426"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="000836D1">
-[...10 lines deleted...]
-          <w:b/>
+      <w:r w:rsidR="00390AFD" w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00973CA7" w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="0084312B">
-[...111 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002E49D9" w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>[DP] [NP] RESPONSABILITA’ AMBIENTALE</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="7E3873F2" w14:textId="77777777" w:rsidR="00D16158" w:rsidRDefault="00D16158" w:rsidP="00826033">
-[...1 lines deleted...]
-        <w:spacing w:before="5" w:line="248" w:lineRule="auto"/>
+    <w:p w14:paraId="773987ED" w14:textId="450B272B" w:rsidR="00655094" w:rsidRPr="00C70EA4" w:rsidRDefault="00655094" w:rsidP="002E49D9">
+      <w:pPr>
+        <w:spacing w:before="5" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="426"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
-[...3 lines deleted...]
-      </w:pPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Richiamando il Principio Base che cita: “I partecipanti sono incoraggiati a minimizzare qualsiasi impatto ambientale negativo dello sport della vela”, si raccomanda la massima attenzione per la salvaguardia ambientale in tutti i momenti che accompagnano la pratica dello sport della vela prima, durante e dopo la manifestazione. In particolare </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006942EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>si richiama l’attenzione alla RRS 47 – Smaltimento dei Rifiuti– che</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>testualmente cita: “I concorrenti e le persone di supporto non devono gettare deliberatamente rifiuti in acqua. Questa regola si applica sempre quando in acqua. La penalità per un’infrazione a questa regola può essere inferiore alla squalifica”.</w:t>
+      </w:r>
+      <w:r w:rsidR="002E49D9" w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ugualmente a terra, la gestione dei rifiuti dovrà seguire le norme previste dall’organizzazione in merito alla raccolta differenziata.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="7BE640AC" w14:textId="0D3A1964" w:rsidR="000E50F8" w:rsidRPr="00D16158" w:rsidRDefault="000836D1" w:rsidP="00826033">
-[...99 lines deleted...]
-      <w:pPr>
+    <w:p w14:paraId="4241166A" w14:textId="77777777" w:rsidR="00655094" w:rsidRPr="00305986" w:rsidRDefault="00655094" w:rsidP="006455BD">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
+          <w:sz w:val="16"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7553E5A9" w14:textId="7DD109CF" w:rsidR="00655094" w:rsidRPr="0017004A" w:rsidRDefault="00655094" w:rsidP="00655094">
-      <w:pPr>
+    <w:p w14:paraId="7553E5A9" w14:textId="0C33447E" w:rsidR="00655094" w:rsidRPr="00C70EA4" w:rsidRDefault="00655094" w:rsidP="006455BD">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0017004A">
+      <w:r w:rsidRPr="00C70EA4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="000836D1">
+      <w:r w:rsidR="00390AFD" w:rsidRPr="00C70EA4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
-      <w:r w:rsidRPr="0017004A">
-[...23 lines deleted...]
-      <w:r w:rsidRPr="0017004A">
+      <w:r w:rsidR="00973CA7" w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> DICHIARAZIONE DI RISCHIO RESPONSABILI</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C70EA4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="-15"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
-      <w:r w:rsidRPr="0017004A">
+      <w:r w:rsidRPr="00C70EA4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="-11"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
-      <w:r w:rsidRPr="0017004A">
+      <w:r w:rsidRPr="00C70EA4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5CA7BD4D" w14:textId="77777777" w:rsidR="00B96F92" w:rsidRPr="005D413A" w:rsidRDefault="00B96F92" w:rsidP="0084312B">
-[...25 lines deleted...]
-      <w:pPr>
+    <w:p w14:paraId="4E224306" w14:textId="2484C92D" w:rsidR="002E49D9" w:rsidRPr="002E49D9" w:rsidRDefault="002E49D9" w:rsidP="002E49D9">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E49D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>La RRS 3 cita: "La responsabilità della decisione di una barca di partecipare a una prova o di rimanere in regata è solo sua.” Pertanto i partecipanti sono consapevoli che l'attività velica rientra tra quelle disciplinate dall'</w:t>
+      </w:r>
+      <w:r w:rsidR="006942EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E49D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>rt.</w:t>
+      </w:r>
+      <w:r w:rsidR="006942EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E49D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2050 del </w:t>
+      </w:r>
+      <w:r w:rsidR="006942EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>Codice Civile</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E49D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e che tutti partecipanti dovranno essere muniti di un tesseramento federale valido che garantisce la copertura infortuni, ivi compresi caso morte ed invalidità permanente. I concorrenti stranieri devono rispettare eventuali requisiti della propria </w:t>
+      </w:r>
+      <w:r w:rsidR="006942EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Autorità Nazionale </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E49D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>ed essere in possesso di copertura infortuni comprensiva di morte ed invalidità permanente, come da Normativa FIV vigente.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="07C0A4F8" w14:textId="531F2B4F" w:rsidR="00655094" w:rsidRPr="0017004A" w:rsidRDefault="00655094" w:rsidP="00655094">
-      <w:pPr>
+    <w:p w14:paraId="4D3D8A70" w14:textId="77777777" w:rsidR="00973CA7" w:rsidRPr="00305986" w:rsidRDefault="00973CA7" w:rsidP="006455BD">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:lang w:val="it-IT"/>
-[...34 lines deleted...]
-      </w:r>
+          <w:b/>
+          <w:sz w:val="16"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="6A31B96B" w14:textId="70679344" w:rsidR="00655094" w:rsidRPr="00655094" w:rsidRDefault="00655094" w:rsidP="0084312B">
-[...177 lines deleted...]
-      <w:pPr>
+    <w:p w14:paraId="07C0A4F8" w14:textId="4E55D71A" w:rsidR="00655094" w:rsidRPr="00C70EA4" w:rsidRDefault="00655094" w:rsidP="006455BD">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
-[...3 lines deleted...]
-      </w:pPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00390AFD" w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="00973CA7" w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-7"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>ASSICURAZIONE</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="3E86E13D" w14:textId="7AB8B88C" w:rsidR="000E50F8" w:rsidRPr="0017004A" w:rsidRDefault="006455F3" w:rsidP="00826033">
-      <w:pPr>
+    <w:p w14:paraId="6F80AD07" w14:textId="32DFF8EF" w:rsidR="00351F29" w:rsidRDefault="002E49D9" w:rsidP="006455BD">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:lang w:val="it-IT"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="-11"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
-        <w:t>1</w:t>
-[...16 lines deleted...]
-        <w:t xml:space="preserve"> PREMI</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="002E49D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT" w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tutte le barche e le </w:t>
+      </w:r>
+      <w:r w:rsidR="00425CD4" w:rsidRPr="00425CD4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>barche</w:t>
+      </w:r>
+      <w:r w:rsidR="00425CD4" w:rsidRPr="002E49D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT" w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E49D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT" w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t>dovranno essere assicurate per Responsabilità Civile con il massimale minimo previsto dalla normativa FIV (€ 1.500.000,00), Il certificato di Assicurazione può essere sostituito dalla tessera FIV PLUS. I concorrenti non italiani dovranno essere in possesso di certificato di Assicurazione equivalente.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F36C11F" w14:textId="37329DE5" w:rsidR="0084312B" w:rsidRDefault="0084312B" w:rsidP="0084312B">
-[...1 lines deleted...]
-        <w:spacing w:before="17"/>
+    <w:p w14:paraId="20D5C447" w14:textId="77777777" w:rsidR="00351F29" w:rsidRPr="00305986" w:rsidRDefault="00351F29" w:rsidP="006455BD">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:lang w:val="it-IT"/>
-[...22 lines deleted...]
-      </w:r>
+          <w:b/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="16"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="57FD1870" w14:textId="5C0D2626" w:rsidR="00FF7BA4" w:rsidRPr="0084312B" w:rsidRDefault="0084312B" w:rsidP="0084312B">
-[...388 lines deleted...]
-      <w:pPr>
+    <w:p w14:paraId="3E86E13D" w14:textId="749936E5" w:rsidR="000E50F8" w:rsidRPr="00C70EA4" w:rsidRDefault="00390AFD" w:rsidP="006455BD">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...7 lines deleted...]
-      <w:r w:rsidR="009C60E1" w:rsidRPr="0017004A">
+      <w:r w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-11"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>19</w:t>
+      </w:r>
+      <w:r w:rsidR="00973CA7" w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-11"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="009C60E1" w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> PREMI</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="174AB054" w14:textId="7013135F" w:rsidR="00973CA7" w:rsidRPr="00C70EA4" w:rsidRDefault="00A51815" w:rsidP="006942EE">
+      <w:pPr>
+        <w:spacing w:before="17" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="1134" w:hanging="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006942EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>19.1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006942EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="009C60E1" w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>Saranno premiati:</w:t>
+      </w:r>
+      <w:r w:rsidR="00F711D1" w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3652CA82" w14:textId="77777777" w:rsidR="002E49D9" w:rsidRPr="002E49D9" w:rsidRDefault="002E49D9" w:rsidP="002E49D9">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E49D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>Il primo equipaggio classificato della classifica assoluta;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="212FAB01" w14:textId="77777777" w:rsidR="002E49D9" w:rsidRPr="002E49D9" w:rsidRDefault="002E49D9" w:rsidP="002E49D9">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E49D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>Il primo equipaggio U19 maschile e il primo equipaggio U19 femminile;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CC00DAB" w14:textId="77777777" w:rsidR="002E49D9" w:rsidRPr="002E49D9" w:rsidRDefault="002E49D9" w:rsidP="002E49D9">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E49D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>Il primo equipaggio U17 maschile e il primo equipaggio U17femminile.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F95493E" w14:textId="77777777" w:rsidR="002E49D9" w:rsidRPr="00C70EA4" w:rsidRDefault="002E49D9" w:rsidP="002E49D9">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E49D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>Il Comitato Organizzatore si riserva di assegnare ulteriori premi speciali.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E5F511E" w14:textId="2C2FC495" w:rsidR="000E50F8" w:rsidRPr="00C70EA4" w:rsidRDefault="002E49D9" w:rsidP="002E49D9">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Potranno essere sorteggiati anche altri </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>gadgets</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> offerti da partners, e/o </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>sponsors</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> della Classe o del Circolo</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54B610AC" w14:textId="77777777" w:rsidR="002E49D9" w:rsidRDefault="002E49D9" w:rsidP="002E49D9">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="2539"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="29B7DADE" w14:textId="72DAFA43" w:rsidR="000E50F8" w:rsidRPr="00C70EA4" w:rsidRDefault="0057338E" w:rsidP="006455BD">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00390AFD" w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="00973CA7" w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="009C60E1" w:rsidRPr="00C70EA4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> DIRITTI FO</w:t>
       </w:r>
-      <w:r w:rsidR="009C60E1" w:rsidRPr="0017004A">
+      <w:r w:rsidR="009C60E1" w:rsidRPr="00C70EA4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="-4"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
-      <w:r w:rsidR="009C60E1" w:rsidRPr="0017004A">
+      <w:r w:rsidR="009C60E1" w:rsidRPr="00C70EA4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>OGRAFICI E TELEVISIVI</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D5450F1" w14:textId="5647D260" w:rsidR="000E50F8" w:rsidRDefault="009C60E1" w:rsidP="0084312B">
-[...333 lines deleted...]
-        <w:spacing w:before="17" w:line="249" w:lineRule="auto"/>
+    <w:p w14:paraId="1E1B667F" w14:textId="77777777" w:rsidR="002E49D9" w:rsidRPr="002E49D9" w:rsidRDefault="002E49D9" w:rsidP="002E49D9">
+      <w:pPr>
+        <w:spacing w:before="17" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="15"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="002E49D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>Per le attività connesse allo svolgimento della manifestazione, i concorrenti concedono pieno diritto e permesso di pubblicare e/o trasmettere tramite qualsiasi mezzo mediatico ogni fotografia o ripresa filmata di persone o barche durante l’evento, inclusi spot pubblicitari televisivi e tutto quanto possa essere usato per i propri scopi editoriali o pubblicitari o per informazioni stampate.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="62D1BF82" w14:textId="2965763C" w:rsidR="009D3318" w:rsidRPr="009D29A0" w:rsidRDefault="000836D1" w:rsidP="009D3318">
+    <w:p w14:paraId="1C37D621" w14:textId="77777777" w:rsidR="002E49D9" w:rsidRPr="002E49D9" w:rsidRDefault="002E49D9" w:rsidP="002E49D9">
+      <w:pPr>
+        <w:spacing w:before="17" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="426" w:hanging="15"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E49D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>I dati di cui sopra saranno trattati ai sensi dell’Informativa Privacy Federale redatta ai sensi del Regolamento Europeo 679/2016 di cui il concorrente ha preso visione all’atto del tesseramento FIV.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23DE7E7A" w14:textId="77777777" w:rsidR="00973CA7" w:rsidRPr="00305986" w:rsidRDefault="00973CA7" w:rsidP="006455BD">
+      <w:pPr>
+        <w:spacing w:before="17" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="426" w:hanging="15"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="62D1BF82" w14:textId="144F5E99" w:rsidR="009D3318" w:rsidRPr="00C70EA4" w:rsidRDefault="0057338E" w:rsidP="006455BD">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="460"/>
         </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="425" w:right="-20"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...17 lines deleted...]
-      <w:r w:rsidR="009D3318" w:rsidRPr="009D29A0">
+      <w:r w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00390AFD" w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00973CA7" w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="009D3318" w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009D3318" w:rsidRPr="00C70EA4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="1"/>
           <w:w w:val="102"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>[DP][NP</w:t>
       </w:r>
-      <w:r w:rsidR="009D3318" w:rsidRPr="009D29A0">
+      <w:r w:rsidR="009D3318" w:rsidRPr="00C70EA4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:w w:val="102"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">] </w:t>
       </w:r>
-      <w:r w:rsidR="009D3318" w:rsidRPr="009D29A0">
+      <w:r w:rsidR="009D3318" w:rsidRPr="00C70EA4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>TELECAMERE E APPARECCHIATURE ELETTRONICHE.</w:t>
       </w:r>
-      <w:r w:rsidR="009D3318" w:rsidRPr="009D29A0">
+      <w:r w:rsidR="009D3318" w:rsidRPr="00C70EA4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="30"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23ACCC13" w14:textId="238DF488" w:rsidR="009D3318" w:rsidRPr="006A4356" w:rsidRDefault="009D3318" w:rsidP="001E3019">
-[...1 lines deleted...]
-        <w:ind w:left="1134" w:right="57" w:hanging="1134"/>
+    <w:p w14:paraId="23ACCC13" w14:textId="037DF84D" w:rsidR="009D3318" w:rsidRPr="00C70EA4" w:rsidRDefault="0057338E" w:rsidP="006942EE">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="1134" w:right="57" w:hanging="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="2"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009D29A0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
           <w:spacing w:val="1"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
-        <w:t xml:space="preserve">       </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="000836D1">
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00390AFD" w:rsidRPr="00C70EA4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="1"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
-        <w:t>21</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0057338E" w:rsidRPr="009D29A0">
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C70EA4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="1"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>.1</w:t>
       </w:r>
-      <w:r w:rsidRPr="009D29A0">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="006A4356">
+      <w:r w:rsidR="00C70EA4" w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006942EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="1"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00C70EA4" w:rsidRPr="00C70EA4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="2"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
-        <w:t xml:space="preserve">L’AO potrà richiedere alle barche di avere a bordo telecamere, apparecchiature sonore o apparecchiature per registrare la posizione. Informazioni derivanti dalla presenza di queste </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t>L’AO potrà richiedere alle barche di avere a bordo telecamere, apparecchiature sonore o apparecchiature per registrare la posizione. Informazioni derivanti dalla presenza di queste apparecchiature non potranno essere usate da una barca come evidenza nel corso di un’udienza (modifica la RRS 63.4(B)).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="371DB352" w14:textId="12AB4544" w:rsidR="009D3318" w:rsidRPr="00C70EA4" w:rsidRDefault="0057338E" w:rsidP="006942EE">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="1134" w:right="55" w:hanging="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="14"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
           <w:spacing w:val="2"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...15 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00390AFD" w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
           <w:spacing w:val="2"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
-        <w:t xml:space="preserve">         </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="000836D1">
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C70EA4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="2"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
-        <w:t>21</w:t>
-[...5 lines deleted...]
-          <w:bCs/>
+        <w:t>.2</w:t>
+      </w:r>
+      <w:r w:rsidR="009D3318" w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="2"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
-        <w:t>.2</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="006A4356">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006942EE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="2"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Le apparecchiature fornite, una volta installate a bordo secondo le istruzioni dell’AO, non dovranno essere manipolate in alcun modo dal concorrente o da una persona di supporto, a meno che</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="006A4356">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="009D3318" w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>Le apparecchiature fornite, una volta installate a bordo secondo le istruzioni dell’AO, non dovranno essere manipolate in alcun modo dal concorrente o da una persona di supporto, a meno che</w:t>
+      </w:r>
+      <w:r w:rsidR="009D3318" w:rsidRPr="00C70EA4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="14"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> questo non venga richiesto dalla stessa AO.</w:t>
       </w:r>
       <w:bookmarkStart w:id="2" w:name="_Hlk85387631"/>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:p w14:paraId="09751008" w14:textId="77777777" w:rsidR="009D3318" w:rsidRPr="006A4356" w:rsidRDefault="009D3318" w:rsidP="009D3318">
-      <w:pPr>
+    <w:p w14:paraId="09751008" w14:textId="77777777" w:rsidR="009D3318" w:rsidRPr="00C70EA4" w:rsidRDefault="009D3318" w:rsidP="006455BD">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6AF4C212" w14:textId="37CC6902" w:rsidR="009D3318" w:rsidRPr="006A4356" w:rsidRDefault="0057338E" w:rsidP="009D3318">
-      <w:pPr>
+    <w:p w14:paraId="6AF4C212" w14:textId="2B7A9E56" w:rsidR="009D3318" w:rsidRPr="00C70EA4" w:rsidRDefault="0057338E" w:rsidP="006455BD">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006A4356">
+      <w:r w:rsidRPr="00C70EA4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="000836D1">
+      <w:r w:rsidR="00390AFD" w:rsidRPr="00C70EA4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="009D3318" w:rsidRPr="006A4356">
+      <w:r w:rsidR="00973CA7" w:rsidRPr="00C70EA4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
-        <w:t xml:space="preserve"> LOGISTICA - INFORMAZIONI UTILI - </w:t>
-[...9 lines deleted...]
-      <w:r w:rsidR="009D3318" w:rsidRPr="006A4356">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="009D3318" w:rsidRPr="00C70EA4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
-        <w:t>:</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t xml:space="preserve"> LOGISTICA - INFORMAZIONI UTILI - </w:t>
+      </w:r>
+      <w:r w:rsidR="009D3318" w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>ALBERGHI CONVENZIONATI</w:t>
+      </w:r>
+      <w:r w:rsidR="009D3318" w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="009D3318" w:rsidRPr="00C70EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4AC60B19" w14:textId="258E42C5" w:rsidR="009D3318" w:rsidRPr="006A4356" w:rsidRDefault="009D3318" w:rsidP="001E3019">
-      <w:pPr>
+    <w:p w14:paraId="08BDFAE4" w14:textId="10061E04" w:rsidR="009D3318" w:rsidRPr="009638A3" w:rsidRDefault="009D3318" w:rsidP="004A63AB">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:bCs/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="006A4356">
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C70EA4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
-      <w:r w:rsidRPr="006A4356">
+      <w:r w:rsidRPr="00C70EA4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">utte le indicazioni sulla logistica a terra, convenzioni, servizi ed eventi collaterali per atleti, allenatori ed accompagnatori saranno fornite tramite il sito internet </w:t>
       </w:r>
-      <w:r w:rsidR="00CF5B91" w:rsidRPr="00CF5B91">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004A63AB" w:rsidRPr="004A63AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
-        <w:t>https://www.</w:t>
-      </w:r>
+        <w:t>xxxxxxxxxxxxxxxxxxxxxxxxxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="2AA4A0EA" w14:textId="77777777" w:rsidR="009D3318" w:rsidRPr="006A4356" w:rsidRDefault="009D3318" w:rsidP="009D3318">
-[...9 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="339A62C6" w14:textId="1122BA91" w:rsidR="004E6F32" w:rsidRPr="00C70EA4" w:rsidRDefault="00C70EA4" w:rsidP="004E6F32">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>L’Autorità Organizzatric</w:t>
+      </w:r>
+      <w:r w:rsidR="004E6F32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="08BDFAE4" w14:textId="77777777" w:rsidR="009D3318" w:rsidRPr="009D3318" w:rsidRDefault="009D3318" w:rsidP="009D3318">
-[...181 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId17"/>
+    <w:sectPr w:rsidR="004E6F32" w:rsidRPr="00C70EA4" w:rsidSect="000E15D1">
+      <w:headerReference w:type="default" r:id="rId12"/>
       <w:pgSz w:w="11920" w:h="16840"/>
-      <w:pgMar w:top="1958" w:right="900" w:bottom="1135" w:left="1000" w:header="100" w:footer="0" w:gutter="0"/>
+      <w:pgMar w:top="1417" w:right="1134" w:bottom="1134" w:left="1134" w:header="100" w:footer="873" w:gutter="0"/>
       <w:cols w:space="720"/>
+      <w:docGrid w:linePitch="272"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="14D43327" w14:textId="77777777" w:rsidR="00435F6C" w:rsidRDefault="00435F6C">
+    <w:p w14:paraId="2B8148C0" w14:textId="77777777" w:rsidR="00BE168A" w:rsidRDefault="00BE168A">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="45ACB43F" w14:textId="77777777" w:rsidR="00435F6C" w:rsidRDefault="00435F6C">
+    <w:p w14:paraId="79A27C3B" w14:textId="77777777" w:rsidR="00BE168A" w:rsidRDefault="00BE168A">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Bookman Old Style">
     <w:panose1 w:val="02050604050505020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Tahoma">
-    <w:panose1 w:val="020B0604030504040204"/>
+  <w:font w:name="Arial Black">
+    <w:altName w:val="Arial Black"/>
+    <w:panose1 w:val="020B0A04020102020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="800000AF" w:usb1="1000204A" w:usb2="00000000" w:usb3="00000000" w:csb0="00000011" w:csb1="00000000"/>
+    <w:sig w:usb0="A00002AF" w:usb1="400078FB" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A10006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-[...28 lines deleted...]
-
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0E18EE4D" w14:textId="77777777" w:rsidR="00435F6C" w:rsidRDefault="00435F6C">
+    <w:p w14:paraId="67602F72" w14:textId="77777777" w:rsidR="00BE168A" w:rsidRDefault="00BE168A">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="19D556D6" w14:textId="77777777" w:rsidR="00435F6C" w:rsidRDefault="00435F6C">
+    <w:p w14:paraId="28C17A15" w14:textId="77777777" w:rsidR="00BE168A" w:rsidRDefault="00BE168A">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:p w14:paraId="7626A306" w14:textId="094558FC" w:rsidR="00C42291" w:rsidRDefault="00435F6C">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w14:paraId="4931BB53" w14:textId="4FEF2EED" w:rsidR="000E15D1" w:rsidRDefault="000E15D1">
     <w:pPr>
-      <w:pStyle w:val="Intestazione"/>
+      <w:spacing w:line="200" w:lineRule="exact"/>
+    </w:pPr>
+  </w:p>
+  <w:p w14:paraId="6B52B76A" w14:textId="4B4396C8" w:rsidR="000E15D1" w:rsidRDefault="00A5359D">
+    <w:pPr>
+      <w:spacing w:line="200" w:lineRule="exact"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
-      <w:pict w14:anchorId="4CBCFD11">
-[...84 lines deleted...]
-      </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="48B3A1C6" wp14:editId="1D5A990F">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251668480" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="49D42A82" wp14:editId="203CB94B">
           <wp:simplePos x="0" y="0"/>
-          <wp:positionH relativeFrom="column">
-            <wp:posOffset>-463993</wp:posOffset>
+          <wp:positionH relativeFrom="margin">
+            <wp:posOffset>-272415</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
-            <wp:posOffset>104775</wp:posOffset>
+            <wp:posOffset>123824</wp:posOffset>
           </wp:positionV>
-          <wp:extent cx="1872615" cy="942975"/>
-          <wp:effectExtent l="0" t="0" r="0" b="9525"/>
+          <wp:extent cx="1484989" cy="827405"/>
+          <wp:effectExtent l="0" t="0" r="1270" b="0"/>
           <wp:wrapNone/>
-          <wp:docPr id="4" name="Immagine 4"/>
+          <wp:docPr id="39" name="Picture 25"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="Immagine 1"/>
+                  <pic:cNvPr id="39" name="Picture 25"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
-                  <a:blip r:embed="rId1" cstate="print">
+                  <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="1872615" cy="942975"/>
-[...225 lines deleted...]
-                    <a:ext cx="1395730" cy="772795"/>
+                    <a:ext cx="1485707" cy="827805"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
-  <w:p w14:paraId="24753BBE" w14:textId="77777777" w:rsidR="00197245" w:rsidRDefault="00197245" w:rsidP="00197245">
+  <w:p w14:paraId="6BBD1436" w14:textId="20A2A2BA" w:rsidR="000E50F8" w:rsidRDefault="000E50F8">
     <w:pPr>
       <w:spacing w:line="200" w:lineRule="exact"/>
-      <w:jc w:val="center"/>
-[...2 lines deleted...]
-      </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="6BBD1436" w14:textId="20356FD2" w:rsidR="000E50F8" w:rsidRPr="00A47AB6" w:rsidRDefault="00197245" w:rsidP="00197245">
+  <w:p w14:paraId="40EB48B8" w14:textId="2C1A4E7A" w:rsidR="000E15D1" w:rsidRDefault="00A5359D">
     <w:pPr>
       <w:spacing w:line="200" w:lineRule="exact"/>
-      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:r>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-[...2 lines deleted...]
-        <w:lang w:val="it-IT"/>
+        <w:noProof/>
       </w:rPr>
-    </w:pPr>
-[...14 lines deleted...]
-      <w:t>ANDO DI REGATA</w:t>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wpg">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666432" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="73A8261A" wp14:editId="10BD0B52">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="page">
+                <wp:posOffset>6000115</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:posOffset>457200</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="1030605" cy="515620"/>
+              <wp:effectExtent l="0" t="0" r="0" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="638944539" name="Group 11"/>
+              <wp:cNvGraphicFramePr>
+                <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+              </wp:cNvGraphicFramePr>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                  <wpg:wgp>
+                    <wpg:cNvGrpSpPr>
+                      <a:grpSpLocks/>
+                    </wpg:cNvGrpSpPr>
+                    <wpg:grpSpPr bwMode="auto">
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="1030605" cy="515620"/>
+                        <a:chOff x="9241" y="388"/>
+                        <a:chExt cx="2282" cy="1217"/>
+                      </a:xfrm>
+                    </wpg:grpSpPr>
+                    <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:nvPicPr>
+                        <pic:cNvPr id="2012167668" name="Picture 13"/>
+                        <pic:cNvPicPr>
+                          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                        </pic:cNvPicPr>
+                      </pic:nvPicPr>
+                      <pic:blipFill>
+                        <a:blip r:embed="rId2">
+                          <a:extLst>
+                            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                            </a:ext>
+                          </a:extLst>
+                        </a:blip>
+                        <a:srcRect/>
+                        <a:stretch>
+                          <a:fillRect/>
+                        </a:stretch>
+                      </pic:blipFill>
+                      <pic:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="9325" y="388"/>
+                          <a:ext cx="2198" cy="1217"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                              <a:solidFill>
+                                <a:srgbClr val="FFFFFF"/>
+                              </a:solidFill>
+                            </a14:hiddenFill>
+                          </a:ext>
+                          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                              <a:solidFill>
+                                <a:srgbClr val="000000"/>
+                              </a:solidFill>
+                              <a:miter lim="800000"/>
+                              <a:headEnd/>
+                              <a:tailEnd/>
+                            </a14:hiddenLine>
+                          </a:ext>
+                        </a:extLst>
+                      </pic:spPr>
+                    </pic:pic>
+                    <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:nvPicPr>
+                        <pic:cNvPr id="1783385906" name="Picture 12"/>
+                        <pic:cNvPicPr>
+                          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                        </pic:cNvPicPr>
+                      </pic:nvPicPr>
+                      <pic:blipFill>
+                        <a:blip r:embed="rId2">
+                          <a:extLst>
+                            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                            </a:ext>
+                          </a:extLst>
+                        </a:blip>
+                        <a:srcRect/>
+                        <a:stretch>
+                          <a:fillRect/>
+                        </a:stretch>
+                      </pic:blipFill>
+                      <pic:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="9241" y="388"/>
+                          <a:ext cx="2198" cy="1217"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                              <a:solidFill>
+                                <a:srgbClr val="FFFFFF"/>
+                              </a:solidFill>
+                            </a14:hiddenFill>
+                          </a:ext>
+                          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                              <a:solidFill>
+                                <a:srgbClr val="000000"/>
+                              </a:solidFill>
+                              <a:miter lim="800000"/>
+                              <a:headEnd/>
+                              <a:tailEnd/>
+                            </a14:hiddenLine>
+                          </a:ext>
+                        </a:extLst>
+                      </pic:spPr>
+                    </pic:pic>
+                  </wpg:wgp>
+                </a:graphicData>
+              </a:graphic>
+              <wp14:sizeRelH relativeFrom="page">
+                <wp14:pctWidth>0</wp14:pctWidth>
+              </wp14:sizeRelH>
+              <wp14:sizeRelV relativeFrom="page">
+                <wp14:pctHeight>0</wp14:pctHeight>
+              </wp14:sizeRelV>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
+          <w:pict>
+            <v:group w14:anchorId="16CCBAFC" id="Group 11" o:spid="_x0000_s1026" style="position:absolute;margin-left:472.45pt;margin-top:36pt;width:81.15pt;height:40.6pt;z-index:-251650048;mso-position-horizontal-relative:page;mso-position-vertical-relative:page" coordorigin="9241,388" coordsize="2282,1217" o:gfxdata="UEsDBBQABgAIAAAAIQCKFT+YDAEAABUCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QratPtgBBqu8M6joDQeIAocdtA40RxKNvbk3abBNNA4pjY3+/PSbna2YGNEMg4rPgiLzgD&#10;VE4b7Cr+un3I7jijKFHLwSFUfA/EV/X1VbndeyCWaKSK9zH6eyFI9WAl5c4DpkrrgpUxHUMnvFTv&#10;sgOxLIpboRxGwJjFKYPXZQOt/Bgi2+zS9cHkzUPH2frQOM2quLFTwFwQF5kAA50x0vvBKBnTdmJE&#10;fWaWHa3yRM491BtPN0mdX54wVX5KfR9w5J7ScwajgT3LEB+lTepCBxKwdI1T+d8Zk6SlzLWtUZA3&#10;gTYzdXL6LVu7Twww/je8SdgLjKd0MX9q/QUAAP//AwBQSwMEFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAABfcmVscy8ucmVsc6SQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpbRjLZ+vYzg8Ey&#10;ettRv9D3iX9/+EyLWpElUjaw63pQmB35mIOB98vx6QWUVJu9XSijgRsKHMbHh/0ZF1vbkcyxiGqU&#10;LAbmWsur1uJmTFY6KpjbZiJOtraRgy7WXW1APfT9s+bfDBg3THXyBvjkB1CXW2nmP+wUHZPQVDtH&#10;SdM0RXePqj195DOujWI5YDXgWb5DxrVrz4G+79390xvYljm6I9uEb+S2fhyoZT96vely/AIAAP//&#10;AwBQSwMEFAAGAAgAAAAhAL+2xC+bAgAAHQgAAA4AAABkcnMvZTJvRG9jLnhtbOxV227bMAx9H7B/&#10;EPTe+pLFTYwkxbCuxYCuK3b5AEWWbaHWBZQSp38/SnaytBnQoU8bsAcLFClRh4dH1uJypzqyFeCk&#10;0UuanaeUCM1NJXWzpD++X5/NKHGe6Yp1RoslfRSOXq7evln0thS5aU1XCSCYRLuyt0vaem/LJHG8&#10;FYq5c2OFxmBtQDGPU2iSCliP2VWX5GlaJL2ByoLhwjn0Xg1Buor561pw/6WunfCkW1LE5uMIcVyH&#10;MVktWNkAs63kIwz2ChSKSY2HHlJdMc/IBuRJKiU5GGdqf86NSkxdSy5iDVhNlj6r5gbMxsZamrJv&#10;7IEmpPYZT69Oy++2N2C/2XsY0KN5a/iDQ16S3jblcTzMm2ExWfefTYX9ZBtvYuG7GlRIgSWRXeT3&#10;8cCv2HnC0Zmlk7RIp5RwjE2zaZGPDeAtdilsm+fvMkowOpnNht7w9uO4O89n+bA1y7OLEE1YORwb&#10;oY7QVgsreYnfSBdaJ3S9LCvc5Tcg6JhE/VEOxeBhY8+ws5Z5uZad9I9RpchQAKW395IHpsMEmb0H&#10;Iqslxc7nWXFRFHhXNFPIKi4Lp5NsEsrcrx72slBb7BHR5kPLdCPeO4tCR35x/94FYPpWsMoFd+Dq&#10;aZY4fYJn3Ul7LbsuNDHYY+V4V55p7TfkDTq+MnyjhPbDxQTRIQlGu1ZaRwmUQq0FVgufqgiIlQ74&#10;V8SN4ND2IDxvg1kjiNGPDT4EIuJfIEM5DmX7ohLnkxwVdyypvRzzbI6MBy2eCApJBudvhFEkGIga&#10;gUads+2tC5AR2n5JAK1N4C6W0uknDlwYPBF+ADyaiP/fU2p2MZtMZtN5WpwoNf+v1L2EX63Uk5/f&#10;36PU+IfFNygKf3wvwyN3PEf7+FVf/QQAAP//AwBQSwMECgAAAAAAAAAhAGDj5624OQAAuDkAABUA&#10;AABkcnMvbWVkaWEvaW1hZ2UxLmpwZWf/2P/gABBKRklGAAEBAQBgAGAAAP/bAEMAAwICAwICAwMD&#10;AwQDAwQFCAUFBAQFCgcHBggMCgwMCwoLCw0OEhANDhEOCwsQFhARExQVFRUMDxcYFhQYEhQVFP/b&#10;AEMBAwQEBQQFCQUFCRQNCw0UFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQU&#10;FBQUFBQUFBQUFP/AABEIALoBUAMBIgACEQEDEQH/xAAfAAABBQEBAQEBAQAAAAAAAAAAAQIDBAUG&#10;BwgJCgv/xAC1EAACAQMDAgQDBQUEBAAAAX0BAgMABBEFEiExQQYTUWEHInEUMoGRoQgjQrHBFVLR&#10;8CQzYnKCCQoWFxgZGiUmJygpKjQ1Njc4OTpDREVGR0hJSlNUVVZXWFlaY2RlZmdoaWpzdHV2d3h5&#10;eoOEhYaHiImKkpOUlZaXmJmaoqOkpaanqKmqsrO0tba3uLm6wsPExcbHyMnK0tPU1dbX2Nna4eLj&#10;5OXm5+jp6vHy8/T19vf4+fr/xAAfAQADAQEBAQEBAQEBAAAAAAAAAQIDBAUGBwgJCgv/xAC1EQAC&#10;AQIEBAMEBwUEBAABAncAAQIDEQQFITEGEkFRB2FxEyIygQgUQpGhscEJIzNS8BVictEKFiQ04SXx&#10;FxgZGiYnKCkqNTY3ODk6Q0RFRkdISUpTVFVWV1hZWmNkZWZnaGlqc3R1dnd4eXqCg4SFhoeIiYqS&#10;k5SVlpeYmZqio6Slpqeoqaqys7S1tre4ubrCw8TFxsfIycrS09TV1tfY2dri4+Tl5ufo6ery8/T1&#10;9vf4+fr/2gAMAwEAAhEDEQA/AP1TooooAKKKKz5mAUU13WNGd2CooyWY4AHrXyZ8cv2+dC8JreaP&#10;8PrdPFOuxStbSX8pKWFsw3KzBsZmKsMFVwP9qhzUI882ku72/ryPQwOX4vM6yw+CpOpN9Er/ADfZ&#10;eb0PrN3WNGd2CIoyWY4AFeaeJ/2mvhR4OluIdW+IPh+2ubcEyWy3ySTD2EaEsT7AZr8u/G/xS8b/&#10;ABPu3ufF3izUtZLBh9jWU29kgOchbdCFxg4+bcfeuVtrSCyjEdtBFboBgLEgUAfhXi1c5w9NtU4u&#10;fnsvyb/BH7Pl3hPjq0FPHYiNNvolzP5u8Vf0uj9Nrv8Ab2+C9qCR4iv5yO0Oh3zf+0aqW3/BQb4M&#10;XLlTq+swc43S6BegfX/VV+bWaM1yLPdNaX4/8A+n/wCISYD/AKCp/dE/Urw/+2f8GPEd2LWHx5YW&#10;NwxUImrRy2G8k7QFM6IGJPGBXr+m6xYazE0un3ttfRqdrPbSrIAfQkE1+KkiLMhSRVkQ9VcZB/Cn&#10;6LPc+GbgXGhX174fuA28S6RdSWjbsYyfLIB445zXRSzujLSrBrzVn+Gn5niY7wkrRvLA4pPynG34&#10;q/8A6SftpRX5y/Bj9vHxn4Lu4LHx1nxloZcK18iLFqFundjgBJsemFJz1r7m+FXxg8KfGnw3/bfh&#10;PUxf2qMI54nQxz20hUN5csbYKNhhwfwzXtUq1OvHnoyUl+Xqt1+XY/Hs44fzLIqnJj6Tins94v0a&#10;0+W/dHaUUUVfMz50KKKKpO4BRRRVAFFFc38QPiL4b+Fnhm58QeKdWt9H0qDAM055dj0RFHzO57Ko&#10;JPYUbDScmktzpKpatrenaBZvd6nf2unWqctPdzLEg+rMQK/Pr4u/8FAvF/i6eax+H9mvg/RclV1O&#10;+iWbUZ19VjOY4Af9re3+6a+YfEF/e+LtQa/8Q6je+Ir5jk3Or3D3Tg+28kL9FAFeJXzahSfLD3n5&#10;bfefrOT+GucZlBVcTahB/wA2sv8AwFbfNp+R+qGsftffBjQ5DHP8R9CnkHBSwuPtZ/KENWbD+258&#10;EZ32jx5bR843TWV1Go+rNEAPrmvy3muIbKHfLIkEQ4yxCjPpVu8sdQ02wW+vdK1WxsGAIvLvTbiG&#10;DB6HzGQLj3zXCs3rT1hSuvm/0PrqvhjlmEcaeKzFRk9rqMb+icrs/X7wd8ZPAfxCcJ4Z8Y6Hrkv/&#10;ADxsb+KWQfVA24flXY1+IMtna3xjleKKZh80cuAWHoVYcj6g17N8Jf2sPiT8H7iCKDV5fFegIQH0&#10;XXpmlIX0huDmSM46Bt6/7PeuijnNKbtVjy/ijxM18LMxwkHVwFVVkuluWXy1af3o/ViivM/gb+0F&#10;4U+Pvh57/QLh7fULXauoaNeYW7snPQOoJBU87XUlW7HOQPTK9+MlJKUXdH4vVpVKE5UqsXGSdmno&#10;0+zQUUUVRkFFFFABRRRQAUUUUAFFFFABRRRQAUUUUnsAVBe31vpts9xdzx20CfellYKo+pNT1+Wn&#10;7X/7Q2oftAeMbzwxaq1t8NtHnaJbVm+bV7qNyDO+P+WSkHYp6kbj2AxlUpUYOrWlaK+9+SXV/wDD&#10;vQ97JckxmfYyODwcbt7vpFd2+35vRG7+0f8Atk6/8YJr3w/4WeXw74ID+W065S91RMFXWTPEcRJ+&#10;6PmYDk4OK+dY40hjWONFjjUYVVGAB6AU4AKAAMAcADtRXweMxtXGTvPRLZLZf5vzZ/aGQcO4Hh3D&#10;ewwkdX8UnvJ+f6JaIKKKK88+nCiiigAooooAK6T4c/EfxH8JPFsHiTwrqBsdQT5ZoJMtbXkf/POe&#10;MEbhycH7yk5Brm6K3o16mHmqlJ2aODHYDDZlh5YXGQU4S3T/AK0fZrVdD9S/2ZP2mtK/aH0G/H2Z&#10;dH8UaSypqWk+Zv2hh8k0Z4LRvg4PUEEHkV7XX4oaVquq+GNbtde8PajNo3iCy+a1vrd2UgghgjgE&#10;b4yQMo2QRX6m/su/tC2n7Q/w8GqvZnSfEWnyC01jTCwbyJ9oO5D/ABRuDuVu/I6g197hMVTxtLnh&#10;pJW5l+q8n+Gz6N/x7xjwjW4axPPD3qE2+V66f3Zefb+ZK/dL2Kiiiu2J+dhRRVPWdYsvD2k3uqal&#10;dR2Wn2UL3FxczNtSKNQWZmPYAAmqA4/40fGXw/8AAzwPdeJNflLKp8m0sYSDPe3BB2QxjuTjk9FA&#10;JPANfll8Vviv4l+Nvi9vEXiq5DyRllsNNhYm102M/wAEQPVj/FIRub2GANP48fGzUf2gPiJP4kuf&#10;Nt9Etg1voWnScfZ7YnmVl/56y4DN6Dav8Jz5/XxeZY91pOlTfur8f+Af1ZwFwXTyyjHM8fC9eWsU&#10;/sLp/wBvPr223uFR3FwlrBJNISEQZOBkn2A7n0FSV7f+xr8J0+K3xysZr2HztC8LomsXasuUkuNx&#10;FrGe331aTH/TEeteThqDxFWNJdT9Kz7N6eR5bWx9TXkWi7yeiXze/lc+nv2Qv2SbD4e6JYeM/Gem&#10;RXnju8QTwwXKh00aNhlYo1PAmx9+TrnKggDn6nkjSaNkdQ6MMMrDII9CKdRX6NTpxpQUIKyR/C+O&#10;xuIzHETxWKm5Tk7tv+tEui2S0Pzy/bh/Zs0n4X3Fl488I2UemaFqV2LTVdLt12wW1xJnyriJRwiu&#10;w2MowNzIQBls/K1fqV+2lp8eo/su/EISKrGDTxdRlh914pEkU/mor8tmGGI96+PzijGnWU4/a/M/&#10;p/wtzSvjcsq4WvLm9jJKLf8ALJaL5NO3k7bI1fB/jDXPhz4s0/xR4ZvPsGu2B/dyHPlzxkjfBMB9&#10;6J8YI7cMMEA1+sXwP+MOk/HP4c6d4q0pTbmXMN5YyMDJZ3KcSQv7g8g/xKVYcEV+Q9fQf7DXxVk+&#10;Hnxsh8P3M5TQ/F6/ZHRj8sd8iloJPYuoeM+p8v0qspxbp1PYSfuvbyf/AATHxK4Zp4zBvOMPG1Wn&#10;8VvtR7vzjvf+W/ZH6Z0UUV9kfywFFFFABRRRQAUUUUAFFFFABRRRQAUUUUnsB4j+2H8Ul+F/wR1d&#10;re9uLHW9ZH9laZNaMBNFNIp/eryCAihmJGcYHFflrHGsMaoudqjAycn8T3r7F/4KS+J0uvFfgPw0&#10;FbdaW9zqzOsg25YrCoK9c43kH3NfHlfJZ1VfPCgnolf5v/gWP6r8LMthh8qnj2vfqyav/djpb/wK&#10;/wCAUUUV80ftQUUV6H8BPgVr/wC0L4zk0nTfP0rQLIq+p+IGh3RINw3W8JzgzkE9iE6kHoezC4Wp&#10;jKns6fzfRLu/69NTxc4zjB5FhJYzGytFbd2+iS6t/wDBdkebT3sFqQssqox6L1Y/gOaHvYYyBIzR&#10;ZJUGSNkGR1GSBX64fBX9nbwT8BdJktfDOnM19cAC81i/YTX13jp5kuBwOyqAo7DrXpE9vFcwvFNG&#10;ksTgqyOoKsD1BB6ivp45NhlG0pyb7qyX3Wf56+R+B1/FvE+2f1fCx5OnM3zW87aJ/fbzPxMjkWWN&#10;XjZXRhlWU5BHqDS19wftOfsNaLBout+NfhtbPpOp20Ru7jw1bBVsbpUDNJ5MeB5UrcHg7TjG3JzX&#10;wppOqW+t6dBe2pYwSgkb1KsCDggg9CCCK8XH5bPBpVIvmg9E/Ps10f4Po97frfC3F+C4npuNNcla&#10;KvKD7d0+sb6dGuqV1e3RRRXjH3YV6H+zp8VIvgl8adE8UXd3PaaDcZ07Wlh5SSCTiN3Xv5chRs9Q&#10;pf1rzymXEYmt5YyoYOhXawyDkdDXbg8TLCVo1Y/PzT3X9ep4ed5VSzrL6uBrbTWj7Po/k/8AI/bg&#10;EEAg5B7ilrhfgX4xb4g/BrwX4ikMRn1DSbeacQghFl2ASKAemHDDHtXdV+jOLhJxfQ/gdpp2YV8S&#10;/wDBRH4y7LXTvhZpk3z3yJqWuFG6Wwb9zbn/AK6OpYj+7Hjo9faWo6hb6Tp9zfXcy29pbRNNNK5w&#10;qIoJZifQAE1+Nfjjx1d/FHxx4g8ZXpbztcvHuo0frFb/AHbeP/gMSoPrn1ryM0xDoULR3lp/mfpn&#10;h9kcc5ziM6yvTo+++zf2V83r5pNGLRRRXwZ/ZAo5Nfo7/wAE/vAC+FfgTF4gmiCah4run1NmI+b7&#10;OP3dsufTy0D/AFkavzkg0e78R3tlotgCb/VrmHTrcDr5k0ixqfwLZ/Cv2h8N6DaeFfD2l6LYJ5dl&#10;p1rFaQL6RxoFUfkBX1GSUbudZ+n+f6H88eLOZNRw2WRe95y/9Jj/AO3GlRRRX1Z/OJ4l+2peCz/Z&#10;b+IZLBTLYLbgk95JUjH/AKFX5btyx+tfop/wUS14ab8BbXTA+JdY1yztwvqsbNcN+kH61+dVfH53&#10;K9WEey/P/hj+n/CWg45fiq72lNL/AMBjf/24KRtRutFeHVLFzHf6bNHf2zr1WWFxIhH/AAJBS0oU&#10;McEZB4INfPRk4SUluj9vxFCGKozoVFeM00/RqzP2i8Ma9B4q8NaTrVr/AMeupWkV5Fn+5Igdf0Ir&#10;Trxn9jbVn1n9mD4dzSOZHi0xbQsTk/uXaLn/AL4r2av0+L5kmf57VabpVJU5bptfcFFFFUZBRRRQ&#10;AUUUUAFFFFABRRRQAUUUUnsB8dfFH9mS5/aY+OfjLXTrjaDZaGlpoUDPALgTOsXny4XzF2Y8+Ptz&#10;+FY//Dtlv+h/H/gp/wDt1fSvwhcSa/8AFEj/AKGtx+VhZCvSK5cVgcPXq89SN3ZdX0S8z7TLuM88&#10;yrDQweDr8tON7Lkh1d3q4tvV9T4i/wCHbLf9D+P/AAU//bqP+HbLf9D+P/BT/wDbq+3aK5f7Lwn8&#10;n4v/ADPS/wCIh8Tf9BX/AJJD/wCRPg/xR/wT0Phnwzq+sHxz9oGn2c135I0vbv8ALQttz5pxnGM4&#10;r6p/Z38CaV8Ovgt4R0nSbGOxjOnQXVyI+TNcyRq80rseWZnJJJ/kBW98Vf8Akl/jD/sD3n/oh6sf&#10;Dr/kn3hj/sF2v/opa7aOHpYWm40o2u9fkfN5vxFmmfcn9o1udQvbRJK++kUux0NFFFWfOjXRZFKs&#10;AysMEEZBFfEnjn9g/QPEXxw1y38LagPB+k3OmW2pvZx23nwC4aWaOTy13rsBEaMRkgsxPFfbtcbD&#10;/wAlhu/+wDD/AOlEtNwjWpypVFeL6ej0PTy3M8XlGJji8FPkqK6vZPdWejTT+4+VP+HbLf8AQ/j/&#10;AMFP/wBuo/4dst/0P4/8FP8A9ur7dorzv7Lwn8n4v/M+z/4iHxN/0Ff+SQ/+RPiL/h2y3/Q/j/wU&#10;/wD26j/h2y3/AEP4/wDBT/8Abq+3aKP7Lwn8n4v/ADD/AIiHxN/0Ff8AkkP/AJE8V/Y+gi0z4HWW&#10;iRSGcaFquq6Q0zZHmNBfzoWwScZxnGeM4r2qvEv2Sf8AknviYenjPxD/AOnOevba9qtTjSqypw2T&#10;sfntSrOvN1aj96Tu+mr1e2h5R+05Fe6z8KLzwrpd0LLU/FtzD4eguSMiJbhsTMQOSBCJjgelfM4/&#10;4Jt6yoAHjiwAHAA05+P/ACJX1L483aj8YvhjpwAeO3bUtXkUngeVbiBTjvhrsV6VXnYjCUcS06qv&#10;bzZ9Jk3EuZ5BGccvqKPPa/uxd7Xtun3Z8If8O3Na/wCh5sP/AAXP/wDHKP8Ah25rX/Q82H/guf8A&#10;+OV930Vyf2VhP5fxf+Z9J/xEfiX/AKCF/wCAQ/8AkT4Z+HP7Hdx8Lv2ifh29/wCILbXEh+26u8EN&#10;q0ZQQRCNGbLH/lpcIR7r7V9zV5n4fxrX7QHi69OSmiaNY6XEeweZ5biX8dot/wBPavTK76FCnh4c&#10;lNWR8Zm2b43O8T9bx0+adkr2S0XkkkFFFFdB4x8yftR/CLUf2iviD4Z8Hafq8WjwaDp82t3cs0Jl&#10;VnmcQQDAI52pc8/415X/AMO3Na/6Hmw/8Fz/APxyvqL4Tt/b/jD4i+KTlo7nVhpFqx6GCyQRNg+n&#10;ntc16bXBWwNDET56iu/Vn2eU8X5xkmG+qYGqowu3bli9X5tNnwh/w7c1r/oebD/wXP8A/HKRf+Cb&#10;uubufHGngeo0+T/4uvvCiuf+ysJ/L+L/AMz2f+Ij8S/9BC/8Ah/8ieMfsieGpPBnwTtfD0t0l6+k&#10;6vq1ibiNNiyeXqFwuQOw4r2evNP2dna5+F1veOMNfanqd2Rx/wAtL+dh09iK9Lr1YpRSiuh+cVas&#10;q9SVWb1k236vVhRRRVGQUUUUAFFFFABRRRQAUUUUAFFFFJ7AeafBv/kOfFH/ALG2X/0is69LrzT4&#10;N/8AIc+KP/Y2y/8ApFZ16XW9X4/u/IS2CiiisRnLfFX/AJJf4w/7A95/6IerHw6/5J94Y/7Bdr/6&#10;KWq/xV/5Jf4w/wCwPef+iHqx8Ov+SfeGP+wXa/8Aopacvg+Yup0NFFFYjCuNh/5LDef9gGH/ANKJ&#10;a7KuNh/5LDef9gGH/wBKJa0p9fQTOyooopjCiiigDxL9kj/kn3if/sc/EP8A6cp69trxL9kj/kn3&#10;if8A7HPxD/6cp69trpxX+8VPVkx+FHm+pxiX9orw6W58nwtqRT2LXdkD/wCgivSK8219vsX7Qfg2&#10;VmCpe6BqtoMn7zrNZSAD32hz+Br0muYoKKKKAPNPgy32/VPiRqpB/wBM8VXESsRg7beCC1x/31A1&#10;el15p8AHM3g3WJ2xvm8Ta4zY9tSuF/kor0ugArC8d+KoPA3grXfENyN8Ol2U12UHVyiFgo9yQAPc&#10;it2vMPjR/wAVFf8AgzwUhyNc1aO5vE/6crPFxLn2Z0gjP/XXHegDf+EPhWbwX8M/DukXZ3ahFaLJ&#10;ev8A37qTMk7fjK7n8a7CiigArP8AEOrR6BoGp6nKQIrK2luXJ6YRCx/lWhXm/wC0LNJJ8KNW0m3f&#10;Zd6/JBoUGDg7ruZICR/urIzfRTQBc+A2kvonwW8EWkgImGkW0koPUO8Yd/8Ax5jXeVHBBHbQRwxI&#10;EijUIiqMAADAAqSgAooooAKKKKACiiigAooooAKKKKACiiik9gPNPg3/AMhz4o/9jbL/AOkVnXpd&#10;eafBv/kOfFH/ALG2X/0is69Lrer8f3fkJbBRRRWIzlvir/yS/wAYf9ge8/8ARD1Y+HX/ACT7wx/2&#10;C7X/ANFLVf4q/wDJL/GH/YHvP/RD1Y+HX/JPvDH/AGC7X/0UtOXwfMXU6GiiisRhXGw/8lhvP+wD&#10;D/6US12VcbD/AMlhvP8AsAw/+lEtaU+voJnZUUUUxhRRRQB4l+yR/wAk+8T/APY5+If/AE5T17bX&#10;iX7JH/JPvE//AGOfiH/05T17bXTiv94qerJj8KPMvjQ39hX/AIF8WcCLRddiiunPRbe7RrRmPsHm&#10;ib/gOa9NrJ8W+GLLxp4X1XQdSQvY6lbSWswU4YK6kZU9iM5B7EA1y3we8XXut6HcaHr7j/hL/Dsg&#10;0/Vl6ecwH7q6Uf3JkxIPQll6qa5ijv6KKKAPMfg6/wDYmu/EDwpMdtxp+uTalCuMb7W9/wBIRx7e&#10;a1wn1iNenV518SvC2sW2tad448J263fiLS4mtrnTGcRrq1izBnt9x4WRWG+NjwG3KcK7ES6P8evA&#10;eq25M/iSx0O9Q7Z9M1yZbC8t37pJDKVYEHjPIPYkc0AegV5j4PP/AAl/xn8X+IT89loMEfhuxbPB&#10;l+W4vGH1ZreM+8Bpde/aJ8EWNtdRaNrMPizWVidrfS/Dwa/mnkC5WP8AchgpJwMsQBnkitz4R+Eb&#10;nwT8PdI07UGEusOjXepzDnzLyZjLcNnuPMd8ewFAHY0UUUAFeZeMT/wlHxm8FaAvz2+ixT+I7wY4&#10;D7TbWoP1Ms7f9svavTGYIpZiAoGST2rzH4Jk+Jz4k8fyAkeJr3/iXlgQRptvmK2wPR/3s4/67+1A&#10;Hp9FFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFJ7AeafBv8A5DnxR/7G2X/0is69LrxX4beP/DPh&#10;nxT8UbPV/EGm6ZdHxVJJ5F3dJE+02Vng4Yg44Nd3/wALg8Df9Dhof/gwi/8AiqutUgptOS/pHK8V&#10;Qg+WVRJ+qOvorkP+FweBv+hw0P8A8GEX/wAVR/wuDwN/0OGh/wDgwi/+KrD2tP8AmX3i+uYb/n5H&#10;70TfFX/kl/jD/sD3n/oh6sfDr/kn3hj/ALBdr/6KWuM+J3xZ8FXPw18WQw+LdFllk0i7VUS/iJYm&#10;F8ADdXZ/Dv8A5J/4Y/7Bdr/6KWr5oyh7rvqa061Orf2ck7dnc6GiiioNgrjYf+Sw3n/YBh/9KJa7&#10;KvN9Z8W6J4V+L0zazq9lpSzaFEIzeXCxb8XEucbiM4yPzq4tRu2ROcaceabsvM9IorkP+FweBv8A&#10;ocND/wDBhF/8VR/wuDwN/wBDhof/AIMIv/iqj2tP+Zfec/1zDf8APyP3o6+iuQ/4XB4G/wChw0P/&#10;AMGEX/xVH/C3/A3/AEOGh/8Agwi/+Ko9rT/mX3h9cw3/AD8j96OB/ZI/5J94n/7HPxD/AOnKevba&#10;8Q/ZFdZfhx4hmRg8U3i/Xpo3XkOjajMysD3BBBB7givb67cS1KvNra7OiDUoprYK4D4h+AtQv9Vt&#10;PFvhOeCw8ZafEYF+0ki21K2zua0uMc7c5KOATGxyAQWVu/ornLOL8CfFTS/GlxNpc0U2g+KbRc3v&#10;h7UsJdQdtyjOJYj2ljJU+oOQO0rnPGfw78O/EC2gi17S4r17Zt9tcgtHcWz/AN6KZCHjb3Vga5Zf&#10;hh4t0QhPD/xM1VLUdLbxBZQ6mFHoJP3cp+ryMfegD0ys3VfDeka60balpdlqLR8obu3SUr9NwOK4&#10;d/CXxRmG1viJosK/3rfwsQ/5vdsP0qnq3wwaHS7vU/GvxH8Tajp1pC9xdJDdx6XapGoLMT9lSOTa&#10;ADw0h49aAPS7FLGzZ7OzW3gaIBmt4AqlAehKjpnB/KrdfNH7N3ir4ZeCvDOqa4mr6HoV/wCKbw6n&#10;LZi4UPbwbQltC5JJLrEFZsnO95K9d/4Xp8Pv+hx0f/wKWsfbUv5l95x/XcL/AM/Y/ev8zuqK4X/h&#10;enw+/wChx0f/AMClpsnx4+HcUbO/jPRkRQWZmu1AAHUk5o9tS/mX3h9dwv8Az9j96/zKXxt1C51H&#10;SdP8EaXO0GseLJWsfNjPz21kBm8uB6bYiVU/89JY/WvQNM0220fTrWwsoUtrO1iSCCGMYWONQFVR&#10;7AACvNfhHDL441rVPiZeoyxatGLPQIZAQYdKRtySYPRrh/3p77PJB5U16Pq+r2OgaZc6jqd5Bp+n&#10;2sZlnurqQRxRIOrMxIAHua2OwuUV89XP7WGl+MLiS38EX+iWtgrbT4j8S3Jgtn97e3GJZx/tN5aH&#10;szCs6XxN4W166lh1T4leLviLfQjddaf4JhnitrUHn50sF3oCOiyysT2zWaqQk7JpswhiKNSXJCab&#10;7Jo+lqK+b7DS/wBmzWLKC9ju9EuklXcs11qMzSn13+Y+/cDkENyCCDzUOt+LvCnwyspNa+HXj63m&#10;WyXzZ/CWoau11aX0S8tHAZWZreXGdhQhCcBlIORLrU1o5L7zN4zDJ2dSN/VH0tRXOR+P9Gn+Hg8b&#10;QTtPoB0v+11mjXLNb+V5uQPXb2rxDSv2n7rxzaQ3Ok+IPh54atZo1kzfa02p3UasMjdFCI0Vuenm&#10;HnvVynGHxOxtUrU6SvUkl6ux9JUV89f8JDomsg/8JF8fJJ0J5ttBe20uEj03KHmH1EoNcr8T9L+B&#10;8fgbWbjT7iw8T+K3tzb6Yb3V5726mvJcRwAM8pYkyOnfj2qVWpvRSX3mKxmGk0lUi2/NH1fRXl/x&#10;A+I2nfAP4e6DZ3Fymo6zKkOk6VBfXIjN5OsYG+WRs7UUKXkkOcAHqSAeHhsfhvr9qL34jfELT/Ge&#10;rTDdJEdUMGnWx/uW9qjhVUdNz7pD3bsKlUhF2k0i6mIo0ny1JpPzaR9EUV4B4a8U+F/h78SPDWk+&#10;EfFdvqXhjxJLJYNoZ1I3f2C6WF5o5YNzMyRsInRo87dzIVC/Nn3+nGSkrxdzSFSFVc0GmvLUKKKK&#10;b2ND8yfjzcJY/H/4kLcpLCX1ZHTdA/zKbS3AYHHI4PPtXEf2raf3n/78v/8AE1+ttFebWwOHr1HV&#10;nzXfZr/I+CxnCNDGYieIlVacm3sup+SX9q2n95/+/L//ABNH9q2n95/+/L//ABNfrbRWH9l4XvL7&#10;1/8AInH/AKkYb/n9L7kfkJr+o20ug6miGR3e1lVVWBySShAA+Wv1c8AI0fgTw2jqUddNtgVYYIPl&#10;LwRW/RXZQw9PDRcad9e9v0SPpsmyWnkymqc3Lmtv5X/zCiiiuk+jCviL9u2dLX4meGnlDqjaO6q4&#10;jZgSJuRkA88ivt2is6lONWDpz2fb7/M83McDHMcLPCzlZStqvJp/ofkl/atp/ef/AL8v/wDE0f2r&#10;af3n/wC/L/8AxNfrbRXnf2Xhe8vvX/yJ8R/qRhv+f0vuR+SX9q2n95/+/L//ABNH9q2n95/+/L//&#10;ABNfrbRR/ZeF7y+9f/Ih/qRhv+f0vuR4N+xSd/wMt5ArBH1K9ZS6lcjzjzgjpXvNFFetBKMVFbLT&#10;7j9Bw1FYajCgndRSX3KwUUUVodAUUUUAFfJP7dPxUBsLD4X6bP8Av9VRb7XCh5jsFb5IT6GaRcY7&#10;oknrX0T8VPiVpPwi8B6r4p1lj9lsY8pBH/rLmZjtjhjHd3YhQPf0Br8z77V9V8U67qviTX5Fm1/W&#10;bg3d4yHKRnACQp/sRoFRfZc9Sa8rMMT7GnyR+KR8fxNmqy7COnTf7yei8l1f+Xn6EePajFLRXx5+&#10;DiYrtvgb8IH+O/xFTRZ4yfCmkmO61+bHyyr1isgf70uMv6Rg/wB9a5DR9D1jxl4k03wv4atlvPEO&#10;psVt0cHy4EGN9xMR92KMHJPc4UcsK/Rv4V/DXQPgD8NItItrhUtLON73UtVuiFe5mI3TXMp6DOM+&#10;iqABwor2cuwntZe1mvdX4s/QOFckeLqrG11+7i9PN/5L89O5f+J3xO8OfBjwXPr+vz/ZbC32wwW1&#10;um6a5lPEcEMY+87YwAOmCTgAkfnr8WPir4l+O+sre+KG+yaLDJ5lh4Yhk3W1tj7rzHpPN/tH5VP3&#10;APvF3xb+LN78efHj+JrgyReHrMvD4d0+TIEMB4Ny6/8APWYc88qm1f72eUmmjtoZJpXEcUal3dui&#10;qBkk/hVY7HOo3Spv3fz/AOAbcR8RVK9SWDwcrQWja+0+y8vz9DY8E+BtY+KvjjTfB+gyfZ728Bnu&#10;9Q2bl0+zUgSTkdC3IVFPV2HYGv0i+Hfw68O/CHwba+H/AA7ZrYaXaKXZ3bdJM55eaVzy7seWY9fp&#10;ivIf2KfhYfBvwzPirUrcxeIPFuy/lEg+eC0AP2WD2wh3kf35X9qd+2f8XF8EfDlvCmmXOzxP4rR7&#10;KERN89taYxc3J9MIdin+/Ivoa9XCUY4Ohzz33f8Al/XU+0ybL6OR4B1q2krc03+ny/Fnw7BqUeuX&#10;Wq6vCP8AR9U1O+1CHjH7qa5lkQ/irKfxqSWaO2ieaUhI41Lsx6AAZJpIII7WCOGFBHFGoREXoqgY&#10;A/Kum+F3wwuvjh8Q7Pwhbo/9kpsutful+7b2Wf8AVZ/56TEFFHXbvb+Gvlowliato7yZ+N0qNXN8&#10;e401rUk36Xd2/kfc/wCyvo1zpH7Nnw5sdQDNN/YVszpKvIV0DBSPZWAx7V5H+3B8PvB/h/4baJq+&#10;neH9N0vxANetLe0u7C1SCRlcsZkYqAWUxLIcHjIB6gV9YQQx20McMSLHFGoREUYCgDAAFfGX7e3i&#10;b7d4y8B+Fo2JSzgutbuFzxuOLeD9GuPyr7LFtQw879v+AfvGcVI4fLa8pbcrX3qy/Fnzdiuz+BXh&#10;+HxR8dvBltdFE07S5ZvEF7JJwiRWqZQsegAmkhOT/drjag0/xL9k07xfpVm7LqPiFYdDklRsNBps&#10;YE979POaW2h+gk/u18lhOVVVOW0dfu/4Nj8SyGNOONWIrfBSTm/lt+NjrPir8T5/jj8R77xcxk/s&#10;eNWstAtnGPKsg3M2OzzsA577RGv8Nczgele3fsufs1WHxlt38X+L7Zp/BMbPb6TpAZo01Flyr3Mp&#10;UgmJSCsaDhiCxyNtcX8QP2ffG/wt8UXmi2vhnW/E+hCVjpGqaXbNeGS3JykU235klQfISwAbaG3c&#10;nHTXwuIqx+sSV3Lp1XY9jMcmzPGU/wC06keaVR/Ck24rp/w3Tr1tH8AdHfXv2iPh3axKT9mvZ9Sl&#10;KjO2OG2lGT6DfJGv/AhX6V181fsh/s+6r8PP7S8Z+LrUWXibVIFtLXTd6udOsw24o7KSDLIwDPgk&#10;AIi5OCa+la+gwNGVCgoy3ep+l8PYCpl2XwpVVaTu2u1+n3WCiiiu97H0h+cvxx8d+NV+OXj+0tPH&#10;3irS7Gz1NYLay07VGhhiT7NC2FUDj5nY/jXF/wDCb+PP+ineN/8Awdv/AIV9C/FX9jfx94x+Kfiz&#10;xJo3iPw7a6brF4t3FBfQztNHiCKMhivHWM9PWuY/4YX+KP8A0NXhP/wHua5K9PMJVG6FZKPRc1j8&#10;vzDLuIKuLqTw9RqDbt79tPS55D/wm/jz/op3jf8A8Hb/AOFH/Cb+PP8Aop3jf/wdv/hXr3/DC/xR&#10;/wChq8J/+A9zR/wwv8Uf+hq8J/8AgPc1h7HNf+ghf+Bf8A4P7K4m/wCfr/8AA/8AgnkP/Cb+PP8A&#10;op3jf/wdv/hR/wAJv48/6Kd43/8AB2/+Fevf8ML/ABR/6Grwn/4D3NH/AAwv8Uf+hq8J/wDgPc0e&#10;xzX/AKCF/wCBf8AP7K4m/wCfr/8AA/8AgnkP/Cb+PP8Aop3jf/wdv/hR/wAJv48/6Kd43/8AB2/+&#10;Fevf8ML/ABR/6Grwn/4D3NH/AAwv8Uf+hq8J/wDgPc0exzX/AKCF/wCBf8AP7K4m/wCfr/8AA/8A&#10;gnkP/Cb+PP8Aop3jf/wdv/hR/wAJv48/6Kd43/8AB2/+Fevf8ML/ABR/6Grwn/4D3NH/AAwv8Uf+&#10;hq8J/wDgPc0exzX/AKCF/wCBf8AP7K4m/wCfr/8AA/8AgnkP/Cb+PP8Aop3jf/wdv/hR/wAJv48/&#10;6Kd43/8AB2/+Fevf8ML/ABR/6Grwn/4D3NH/AAwv8Uf+hq8J/wDgPc0exzX/AKCF/wCBf8AP7K4m&#10;/wCfr/8AA/8AgnkP/Cb+PP8Aop3jf/wdv/hR/wAJv48/6Kd43/8AB2/+Fevf8ML/ABR/6Grwn/4D&#10;3NH/AAwv8Uf+hq8J/wDgPc0exzX/AKCF/wCBf8AP7K4m/wCfr/8AA/8Agn0H+x7rWq678FrafWdX&#10;v9cvE1C7i+2anOZp2VZTtDOeuBwPavba8x/Z0+GOsfCP4ZweH9dvbK/1Jbu4uHm09XWEiSQsoAfn&#10;IGM+9enV6MVJK0nd9fXqfqmEjUhh6cazvNRV+uttfxCiiiqOsKiubmGytpbi4lSC3hQySSysFVFA&#10;yWJPAAHOadNNHbQyTTSLFFGpd5HICqBySSegr4H/AGl/2km+Ncs/hPwrcPH8P4nKX2oRkqdcYH/V&#10;xnr9mBHLf8teg+TO7nr14YeHPM83MMwoZbQdeu9FsurfZHNfH/42SfHzxvDc2MjL4H0WRho0RyPt&#10;s2Cr3zD0IJWIHopZur8ef0gAUAAAAcADtS18RWrSrzdSZ/PeY4+rmWIliK272XZdEv68wpLe31DV&#10;9X0/RNE0+XWNf1KTyrHToDhpWHVmPRI1HLOeFHvgGz4f0PW/HHiaDwz4V01tZ8QTqH8kNthtY848&#10;64k6Rxj16t0UE198fs+fs46P8DdLmupJxrni/UEA1HXJY9pYDkQwrz5UKnooOSfmYk124PBSxL5p&#10;aR/P0Poch4dq5nJVq3u0l98vJfq/u1G/s4/s82XwP0Ca4vJo9W8ZaoqnVdVVcLxytvCDykKZOB1Y&#10;5ZuTx5x+3h8RWs/DGj/Dyyl23HiNmuNT2Nyunwld6H/rrIUj91ElfVNfm3+0T4lfxf8AtC+N7xn3&#10;waZJBodsM5CpDGHkx6Zlmkz/ALor6DGTWGwzUNOiP0zPcRHKsrkqC5dFGNul/wDJXZwf6VZ0Hw7a&#10;+NvGfhrwxfXMVnp2q3yi/nnlEaJZRAzXJLHgAxoUz6yCq1X/AAh8Jdd+NniifRvD+g6Tq0+mWyXk&#10;9xrFyIorcSOyqF/dyEsfLboOgr5TDxcqsUo38j8YyilOrjqahT52nflule2u70Psv4l/tpeAvBVl&#10;LYeEp4/HWvIvlw2WiuGs4jjgzXIBjRR3Clm44U18Wa9r+seL/EepeKfFGoLqGvX2PPuANkMES52Q&#10;QqT8kSZOB1JJZiSSa900H9hTx/e7E1bxR4c8P2wwNmm2s184HfBcwqD/AMBIr17wP+w58PfDk8V3&#10;4hN946voyGA1yRTaKwOci2jCxn/gYavfrUcXjPdnaEe2/wDX4H6djsDnOeWpV+WjS7X5m/W2j9Lp&#10;HyT8Lvhb4s+OV6sPhC0EWj79tx4nvYz9hgAPzeV0NxJ6Kny5+8y1+gXwc+DmgfBLwimh6Gkkskj/&#10;AGi+1G5Ia4vpyAGllYDrwAAMBQAAABXbW1tDZW8cFvEkEEShEiiUKqKOgAHAFS16OGwlPDL3dX3P&#10;pMqybC5TBqirye8nu/8AJeQV+bH7QniMeL/2hfHV+j77ewmg0SA+i28eZP8AyNLMP+A1+i/iHW7b&#10;wzoGp6xeNss9PtpbuZvRI0LMfyBr8odHu7nU7EalfEm+1KSTUbknqZZ3aV/1c1w5rU5aSh3f5Hz3&#10;GeJ9lgY0FvOX4LX87Fx5EiRpJG2xoCzMewHU1zvwF+HeqfEzXNM0YSSQ6p4zv5J5ZV4ax00M0jsP&#10;QrExxn+OVa3b60W/s5rZyQkyGNsdcHg/pX1d+wZ8OF+ya/8AEW6hAN+x0fR8jhbSF/3si+0kwI/3&#10;YU9a8bA0nWq8nTd/Lp99j4bhrCPHYn2LXuaSl6R2Xzla/ofVehaHY+GdFsNI0u2jstNsIEtra3iG&#10;FijRQqqPYACr1FFfaH7wFFFFABRRRSewHmviD9pD4b+Ftev9F1TxTb2up2EghubfyZnMT7Q20lUI&#10;zhlPXuKof8NW/Cn/AKG+D/wFuP8A43XxP8bj/wAX8+Jf/YYX/wBJLeuQzXhYrHvD1pUlG9j8vzDi&#10;7EYPF1MPGkmotrd9D9B/+GrfhT/0N8H/AIC3H/xuj/hq34U/9DfB/wCAtx/8br8+M0Zrl/tWX8n4&#10;nn/674n/AJ8x+9n6D/8ADVvwp/6G+D/wFuP/AI3R/wANW/Cn/ob4P/AW4/8AjdfnxmjNH9qy/k/E&#10;P9d8T/z5j97P0H/4at+FP/Q3wf8AgLcf/G6P+GrfhT/0N8H/AIC3H/xuvz4zRmj+1ZfyfiH+u+J/&#10;58x+9n6D/wDDVvwp/wChvg/8Bbj/AON0f8NW/Cn/AKG+D/wFuP8A43X58ZozR/asv5PxD/XfE/8A&#10;PmP3s/Qf/hq34U/9DfB/4C3H/wAbo/4at+FP/Q3wf+Atx/8AG6/PjNGaP7Vl/J+If674n/nzH72f&#10;oP8A8NW/Cn/ob4P/AAFuP/jdH/DVvwp/6G+D/wABbj/43X58ZozR/asv5PxD/XfE/wDPmP3s/UTw&#10;b420P4g6GmseHtQTU9Nd3iWeNWUblOGGGAIII9K3K8H/AGLP+SIxf9hS9/8ARpr1Txr8SPCvw408&#10;33ijxDpug22Mq1/crEX9lUnLH2AJr6OnLmgpd0n+B+q4Su8RhqdeStzRT+9XOkrnfHvxC8O/DHw5&#10;PrvijVrfR9Mh4Ms7cux6IijLO57KoJPYV8zfEb9vGOdJbP4baDLqDsCBruvRvbWif7UcBxLL+IjH&#10;ua+YfEWs614418a94r1m58R60oIiuLrCx2ynqsEK/JEv+6MnuTXn4jMaVHSHvP8ArqfN5nxPgsAn&#10;Gm/aT7Lb5vb82eh/HT9ovXvj002lQQXHhzwBu40xztu9TA6G6IPyRnr5IJz/ABk/dHmiqEUKoCqo&#10;wFAwAPSmzTR28LyyyJFEgy0kjBVUepJ6Vt+AfAXi/wCLU6R+CvDtxq9qxw2sXJNtpsfqfPYfvMek&#10;Qc/SvmpyrYypfd/kfk1etmPEGJ5uVzfRLaK/Jer+bMSWVIInlldY4kBZncgKoHUknoK7z4P/AAG8&#10;X/HWaK50xH8O+ECf3niS9h+ade4s4m/1h/6atiMdRv6V9G/Cb9iDw/4cmt9W8e3aeN9ZiYSR2Txe&#10;Xpds45BWAk+aw/vSlvUKtfTCIsaKiKFRRgKowAPSvZw2Vpe9X+7/ADPvcp4QhSarZg+Z/wAq2+b6&#10;+m3qcd8K/hF4Y+Dfhz+x/DNh9mjdvNubuZvMubyXHMk0h5dv0A4AAwK7OiivoEklZH6TGKilGKsk&#10;FflV4ikebxz42lkz5r+JdWZ89j9tmH8gK/VWvzd/aK8FzfD748+KLSSMpY67Kde0+THyusmBcKPd&#10;ZgzEekq+tePmsXKgmujPiOMaM6uWqUdoyTfpZr82jga+i/2Cb63g+IvxCsZCBd3Om6bcQg9Wjjku&#10;VfH0aRP++hXzpVzw94i1vwR4o03xN4avl0/XdPLCN5ULwzxNjzIJkBG6NsL0IIKqwORXz+DrKhWU&#10;5bH5jkOPp5bj4V6vw6p+V+p+qlFfH+nf8FALiOxVdT+Gt82oBQCdO1WB7dm7ndJsdR/wEmuF8fft&#10;j/Efxvby2ei21j4AsJBhri2l+3agRjnbIyLHH9QjkdiOtfVSx+HjHm57n7LV4hyujD2jrp+S1f3L&#10;9T6K/aE/ah0j4NxtomlRxeIPHVxHvt9JV/3dsp6TXTD/AFcfcD7z4wo6kaH7L/xq1P45fDyfWNX0&#10;iPTb+yvpdPkuLTd9jvWTGZbcsS23JKkEnDIwycZr41/Z+/Z9v/jxqs0yNd2XgYTs+q+ImlY3Oqy5&#10;+eKCVstIx5DzkkLyFJb7v6NeH/D+m+FNDsdG0eyh03S7GFbe2tLdAscUajAUCjD1KtZupJWj0XX1&#10;Ly3E4vHSeJqx5KTXuxfxP+8+3kv+Azxn9tfxMdA/Z81yxjk2XOvzQaJFg4JE8gEuPpCJT+FfCuAO&#10;AMAdAO1fSn7e3ib7Z4r8B+Fo3Oy1iudcuE7bsC3gP/j9x+VfNdeFmtTmrKPZH5rxnifa46FBbQj+&#10;L1/KxU1KO8ubdLPTV36pfTRWNkvrPM6xR/8Ajzg/hX6m+AvBtj8PPBOheGdMXbY6TZxWcXGCwRQu&#10;4+5IJPuTX5//ALNnhYeMv2hvCFs6eZa6Otxrs4xkAxII4c/9tZ1Ye8dfo9Xo5VT5aTqd3+R9Vwbh&#10;FRwMsQ1rN/gtPzuFFFFe2ffhRRRQAUUUUAfmn8d7DU7b49fEV/7C1ueKfVUlimttJuZo5E+ywDKu&#10;kZB5Ujr2rifK1H/oXfEX/givP/jVfrFRXDWwGGr1HUmpXfZq3/pLPh8Xwlg8ZXniJ1JJyd9LW/I/&#10;J3ytR/6F3xF/4Irz/wCNUeVqP/Qu+Iv/AARXn/xqv1iorH+y8H/e/wDAl/8AInL/AKk4H/n5P/yX&#10;/wCRPyd8rUf+hd8Rf+CK8/8AjVHlaj/0LviL/wAEV5/8ar9YqKP7Lwf97/wJf/Ih/qTgf+fk/wDy&#10;X/5E/J3ytR/6F3xF/wCCK8/+NUeVqP8A0LviL/wRXn/xqv1ioo/svB/3v/Al/wDIh/qTgf8An5P/&#10;AMl/+RPyd8rUf+hd8Rf+CK8/+NUeVqP/AELviL/wRXn/AMar9YqKP7Lwf97/AMCX/wAiH+pOB/5+&#10;T/8AJf8A5E/J3ytR/wChd8Rf+CK8/wDjVHlaj/0LviL/AMEV5/8AGq/WKij+y8H/AHv/AAJf/Ih/&#10;qTgf+fk//Jf/AJE/J3ytR/6F3xF/4Irz/wCNUeVqP/Qu+Iv/AARXn/xqv1ioo/svB/3v/Al/8iH+&#10;pOB/5+T/APJf/kTwr9jC3uLf4IW32m0urJ31G8cRXlu8Em0ynBKOAwz7ivj/AOIHw58a6p8YPG1/&#10;L4C8Ua1qUmuXn2fUV0mWUNbea3kCOdht2CPYBhsAYHFfprRXRWwsK1NUm2krfhp2PpcVk9DF4Ong&#10;qkpKMLbOzdlbXQ/N3R/2cvi/r7r5HgGXTY2/5ba1qdtbqPwjaV//AB2vR/DX7CPjLUyr+JPGWlaH&#10;EcFoNEs3u5fcebMVUfXyzX23RWEMuw8Ps39ThocL5VQd/Zcz/vNv8NvwPDfA37GXww8G3EN5d6TN&#10;4t1OI7kvPEk32vY3qsOBCh91QH3r2+KJIIkjiRY40AVUQYCgdAB2FPor0IwjBWirI+mpUqdGPJSi&#10;orslZBRRRVmoUUUUAFea/Hf4F6P8dfCsWnX08mmarYyG40vWLdQ0tnNjBODw6MOHQ8MPQgEelUVM&#10;oqScZLQicI1IuE1dPRo/Nrxb+zx8VfAc8kd94Qm8RWqHC6l4YYXKSDsTAxEyH/ZCuB/eNce3h7xK&#10;jlG8FeLlcHBU+HL3/wCNV+qtFeRLKqEndNo+IrcHZbUk5Rco+Sat+Kb/ABPzI8P/AAc+Jni2UJpP&#10;w81tFJA+0awi6bCvufOIcj/dRq96+Gn7CInniv8A4natDqsS4YeHNHLpZk+k8xw8w/2QEU9wwr69&#10;orell9Ck72u/M9HA8NZdgZKpGHNJdZa/hovwK+n6da6RY29lY20NnZ26CKG3t0CRxoBgKqjgADsK&#10;sUUV6R9SfG37Q/7OfxP+IPxq1jxJolho+oaPPZWtraNdao1vJEkasWQp5TdZJHbIPQivO5P2SvjK&#10;hUL4e8PuCeSNeIx+cFfobRXn1MDQqyc5rV+Z83iuHcuxlaVevBuUt/efp3Pmv9kv9n/xN8K9b8U6&#10;/wCMINPt9R1CG3sbKGwu2uRHBGXdyzFE5Z3HAHRBX0pRRXZTpxpQUIbI9vDYalhKMaFFWjHYKKKK&#10;0OkKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiii&#10;gAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKAP//ZUEsDBBQABgAIAAAAIQBjlvvm4gAA&#10;AAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsJAEIbvJr7DZky8ybYFRGq3hBD1REgEE+Nt6Q5t&#10;Q3e26S5teXuHk95mMl/++f5sNdpG9Nj52pGCeBKBQCqcqalU8HV4f3oB4YMmoxtHqOCKHlb5/V2m&#10;U+MG+sR+H0rBIeRTraAKoU2l9EWFVvuJa5H4dnKd1YHXrpSm0wOH20YmUfQsra6JP1S6xU2FxXl/&#10;sQo+Bj2sp/Fbvz2fNtefw3z3vY1RqceHcf0KIuAY/mC46bM65Ox0dBcyXjQKlrPZklEFi4Q73YA4&#10;WiQgjjzNpwnIPJP/O+S/AAAA//8DAFBLAwQUAAYACAAAACEAWGCzG7oAAAAiAQAAGQAAAGRycy9f&#10;cmVscy9lMm9Eb2MueG1sLnJlbHOEj8sKwjAQRfeC/xBmb9O6EJGmbkRwK/UDhmSaRpsHSRT79wbc&#10;KAgu517uOUy7f9qJPSgm452ApqqBkZNeGacFXPrjagssZXQKJ+9IwEwJ9t1y0Z5pwlxGaTQhsUJx&#10;ScCYc9hxnuRIFlPlA7nSDD5azOWMmgeUN9TE13W94fGTAd0Xk52UgHhSDbB+DsX8n+2HwUg6eHm3&#10;5PIPBTe2uAsQo6YswJIy+A6b6hpIA+9a/vVZ9wIAAP//AwBQSwECLQAUAAYACAAAACEAihU/mAwB&#10;AAAVAgAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAD0BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQC/tsQvmwIAAB0IAAAOAAAAAAAAAAAAAAAAADwCAABkcnMvZTJvRG9jLnhtbFBLAQItAAoAAAAA&#10;AAAAIQBg4+etuDkAALg5AAAVAAAAAAAAAAAAAAAAAAMFAABkcnMvbWVkaWEvaW1hZ2UxLmpwZWdQ&#10;SwECLQAUAAYACAAAACEAY5b75uIAAAALAQAADwAAAAAAAAAAAAAAAADuPgAAZHJzL2Rvd25yZXYu&#10;eG1sUEsBAi0AFAAGAAgAAAAhAFhgsxu6AAAAIgEAABkAAAAAAAAAAAAAAAAA/T8AAGRycy9fcmVs&#10;cy9lMm9Eb2MueG1sLnJlbHNQSwUGAAAAAAYABgB9AQAA7kAAAAAA&#10;">
+              <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
+                <v:stroke joinstyle="miter"/>
+                <v:formulas>
+                  <v:f eqn="if lineDrawn pixelLineWidth 0"/>
+                  <v:f eqn="sum @0 1 0"/>
+                  <v:f eqn="sum 0 0 @1"/>
+                  <v:f eqn="prod @2 1 2"/>
+                  <v:f eqn="prod @3 21600 pixelWidth"/>
+                  <v:f eqn="prod @3 21600 pixelHeight"/>
+                  <v:f eqn="sum @0 0 1"/>
+                  <v:f eqn="prod @6 1 2"/>
+                  <v:f eqn="prod @7 21600 pixelWidth"/>
+                  <v:f eqn="sum @8 21600 0"/>
+                  <v:f eqn="prod @7 21600 pixelHeight"/>
+                  <v:f eqn="sum @10 21600 0"/>
+                </v:formulas>
+                <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
+                <o:lock v:ext="edit" aspectratio="t"/>
+              </v:shapetype>
+              <v:shape id="Picture 13" o:spid="_x0000_s1027" type="#_x0000_t75" style="position:absolute;left:9325;top:388;width:2198;height:1217;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDRSjXWygAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/BasMw&#10;DIbvg76DUWG31UkO3kjrli6wMUYprO2hRxFrSWgsZ7HXZm8/HQY7il//p0+rzeR7daUxdoEt5IsM&#10;FHEdXMeNhdPx5eEJVEzIDvvAZOGHImzWs7sVli7c+IOuh9QogXAs0UKb0lBqHeuWPMZFGIgl+wyj&#10;xyTj2Gg34k3gvtdFlhntsWO50OJAVUv15fDtRcNdju/P1fl173fbfmfcF+0rtPZ+Pm2XoBJN6X/5&#10;r/3mLBRZXuTm0RiRlp8EBHr9CwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAA&#10;FQEAAAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhANFKNdbKAAAA&#10;4wAAAA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD+AgAA&#10;AAA=&#10;">
+                <v:imagedata r:id="rId4" o:title=""/>
+              </v:shape>
+              <v:shape id="Picture 12" o:spid="_x0000_s1028" type="#_x0000_t75" style="position:absolute;left:9241;top:388;width:2198;height:1217;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBVKgY+ywAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pa8JA&#10;EMXvQr/DMkJvurHSNEZX0UBLERH8c/A4ZMckmJ2N2a2m394tCD3OvPd782a26EwtbtS6yrKC0TAC&#10;QZxbXXGh4Hj4HCQgnEfWWFsmBb/kYDF/6c0w1fbOO7rtfSFCCLsUFZTeN6mULi/JoBvahjhoZ9sa&#10;9GFsC6lbvIdwU8u3KIqlwYrDhRIbykrKL/sfE2roy2G9yk5fW7NZ1ptYX2mboVKv/W45BeGp8//m&#10;J/2tA/eRjMfJ+ySK4e+nsAA5fwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAA&#10;ABUBAAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBVKgY+ywAA&#10;AOMAAAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/wIA&#10;AAAA&#10;">
+                <v:imagedata r:id="rId4" o:title=""/>
+              </v:shape>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:group>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
     </w:r>
   </w:p>
-  <w:p w14:paraId="5D70A1E3" w14:textId="2DAF98E7" w:rsidR="00197245" w:rsidRPr="00A47AB6" w:rsidRDefault="00197245" w:rsidP="00197245">
+  <w:p w14:paraId="5520C4A7" w14:textId="17B0CFA9" w:rsidR="000E15D1" w:rsidRDefault="000E15D1">
     <w:pPr>
       <w:spacing w:line="200" w:lineRule="exact"/>
-      <w:jc w:val="center"/>
-[...5 lines deleted...]
-      </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00A47AB6">
-[...7 lines deleted...]
-    </w:r>
   </w:p>
-  <w:p w14:paraId="14D44033" w14:textId="3DC8DDB6" w:rsidR="00197245" w:rsidRPr="00A47AB6" w:rsidRDefault="00197245" w:rsidP="00197245">
+  <w:p w14:paraId="5EA6E1D2" w14:textId="2FA01A36" w:rsidR="000E15D1" w:rsidRDefault="000E15D1">
     <w:pPr>
       <w:spacing w:line="200" w:lineRule="exact"/>
-      <w:jc w:val="center"/>
-[...5 lines deleted...]
-      </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00A47AB6">
-[...27 lines deleted...]
-    </w:r>
   </w:p>
-  <w:p w14:paraId="14F4A245" w14:textId="77777777" w:rsidR="00197245" w:rsidRPr="00A47AB6" w:rsidRDefault="00197245">
+  <w:p w14:paraId="77943BF1" w14:textId="77777777" w:rsidR="000E15D1" w:rsidRDefault="000E15D1">
     <w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
+      <w:spacing w:line="200" w:lineRule="exact"/>
+    </w:pPr>
+  </w:p>
+  <w:p w14:paraId="4C1E0225" w14:textId="77777777" w:rsidR="000E15D1" w:rsidRDefault="000E15D1">
+    <w:pPr>
+      <w:spacing w:line="200" w:lineRule="exact"/>
+    </w:pPr>
+  </w:p>
+  <w:p w14:paraId="1F828B61" w14:textId="77777777" w:rsidR="000E15D1" w:rsidRDefault="000E15D1">
+    <w:pPr>
+      <w:spacing w:line="200" w:lineRule="exact"/>
+    </w:pPr>
+  </w:p>
+  <w:p w14:paraId="52DF43F8" w14:textId="77777777" w:rsidR="000E15D1" w:rsidRDefault="000E15D1">
+    <w:pPr>
+      <w:spacing w:line="200" w:lineRule="exact"/>
+    </w:pPr>
+  </w:p>
+  <w:p w14:paraId="4DA6FC71" w14:textId="77777777" w:rsidR="000E15D1" w:rsidRDefault="000E15D1">
+    <w:pPr>
+      <w:spacing w:line="200" w:lineRule="exact"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-[...44 lines deleted...]
-
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:abstractNum w:abstractNumId="0">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00000004"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="87961270"/>
     <w:name w:val="WW8Num4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="20"/>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
@@ -12692,51 +13660,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1">
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0E4072C9"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="16B68AFA"/>
     <w:name w:val="WW8Num43"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="20"/>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
@@ -12836,51 +13804,173 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="17234E49"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="88906582"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1198" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:hint="default"/>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1972" w:hanging="708"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:hint="default"/>
+        <w:spacing w:val="1"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1972" w:hanging="390"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:eastAsia="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4085" w:hanging="390"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5141" w:hanging="390"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6198" w:hanging="390"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7254" w:hanging="390"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8310" w:hanging="390"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="9367" w:hanging="390"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="17402229"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="490E2D4C"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:legacy w:legacy="1" w:legacySpace="0" w:legacyIndent="283"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="283" w:hanging="283"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -12974,81 +14064,82 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04100005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="17CB0C6F"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="F1A02A58"/>
+    <w:tmpl w:val="00000885"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="116" w:hanging="348"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:bCs/>
         <w:spacing w:val="-1"/>
         <w:w w:val="100"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
+      <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="836" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:spacing w:val="-14"/>
         <w:w w:val="100"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1956" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3072" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
@@ -13070,173 +14161,169 @@
     <w:lvl w:ilvl="6">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6420" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7537" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8653" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4">
-    <w:nsid w:val="1A3D5D2F"/>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="207A1739"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="20D266A2"/>
+    <w:tmpl w:val="7E005802"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="360" w:hanging="360"/>
+        <w:ind w:left="1972" w:hanging="708"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
-      <w:start w:val="7"/>
+      <w:start w:val="4"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="794" w:hanging="360"/>
+        <w:ind w:left="1276" w:hanging="708"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:spacing w:val="-1"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3873" w:hanging="708"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:b/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2">
+    <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-[...3 lines deleted...]
-        <w:ind w:left="1588" w:hanging="720"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4824" w:hanging="708"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:b/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3">
+    <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-[...3 lines deleted...]
-        <w:ind w:left="2022" w:hanging="720"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5775" w:hanging="708"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:b/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4">
+    <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-[...3 lines deleted...]
-        <w:ind w:left="2816" w:hanging="1080"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6726" w:hanging="708"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:b/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5">
+    <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-[...3 lines deleted...]
-        <w:ind w:left="3250" w:hanging="1080"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7676" w:hanging="708"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:b/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6">
+    <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-[...3 lines deleted...]
-        <w:ind w:left="4044" w:hanging="1440"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8627" w:hanging="708"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:b/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7">
+    <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-[...3 lines deleted...]
-        <w:ind w:left="4478" w:hanging="1440"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="9578" w:hanging="708"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:b/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8">
-[...11 lines deleted...]
-    </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="20B31D58"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EEA4CC70"/>
     <w:lvl w:ilvl="0" w:tplc="04100001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="PuntoBando"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1528" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2248" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -13306,173 +14393,170 @@
     <w:lvl w:ilvl="7" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6568" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04100005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7288" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6">
-    <w:nsid w:val="21474D6E"/>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="293D55BD"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="20D266A2"/>
+    <w:tmpl w:val="3140E9CE"/>
     <w:lvl w:ilvl="0">
+      <w:start w:val="6"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1376" w:hanging="113"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:highlight w:val="lightGray"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1"/>
-[...2 lines deleted...]
-        <w:ind w:left="360" w:hanging="360"/>
+      <w:lvlText w:val="%1.%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1972" w:hanging="709"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:hint="default"/>
+        <w:b/>
+        <w:bCs/>
+        <w:spacing w:val="-1"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3028" w:hanging="709"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:b/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1">
-[...5 lines deleted...]
-        <w:ind w:left="794" w:hanging="360"/>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4085" w:hanging="709"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:b/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2">
+    <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-[...3 lines deleted...]
-        <w:ind w:left="1588" w:hanging="720"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5141" w:hanging="709"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:b/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3">
+    <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-[...3 lines deleted...]
-        <w:ind w:left="2022" w:hanging="720"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6198" w:hanging="709"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:b/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4">
+    <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-[...3 lines deleted...]
-        <w:ind w:left="2816" w:hanging="1080"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7254" w:hanging="709"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:b/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5">
+    <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-[...3 lines deleted...]
-        <w:ind w:left="3250" w:hanging="1080"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8310" w:hanging="709"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:b/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6">
+    <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-[...3 lines deleted...]
-        <w:ind w:left="4044" w:hanging="1440"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="9367" w:hanging="709"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:b/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7">
-[...24 lines deleted...]
-    </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2A4376F9"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="EFD8CFA8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="15"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="467" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -13543,173 +14627,169 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2189" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2296" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8">
-    <w:nsid w:val="2A52538B"/>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2DD27FC3"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="5C78FD82"/>
+    <w:tmpl w:val="8F289576"/>
     <w:lvl w:ilvl="0">
-      <w:start w:val="1"/>
+      <w:start w:val="4"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="811" w:hanging="696"/>
-[...13 lines deleted...]
-        <w:ind w:left="817" w:hanging="675"/>
+        <w:ind w:left="1972" w:hanging="708"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="2"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1972" w:hanging="708"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:spacing w:val="-1"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-[...4 lines deleted...]
-        <w:ind w:left="889" w:hanging="720"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3873" w:hanging="708"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-[...4 lines deleted...]
-        <w:ind w:left="916" w:hanging="720"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4824" w:hanging="708"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-[...4 lines deleted...]
-        <w:ind w:left="943" w:hanging="720"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5775" w:hanging="708"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-[...4 lines deleted...]
-        <w:ind w:left="1330" w:hanging="1080"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6726" w:hanging="708"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-[...4 lines deleted...]
-        <w:ind w:left="1357" w:hanging="1080"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7676" w:hanging="708"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-[...4 lines deleted...]
-        <w:ind w:left="1744" w:hanging="1440"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8627" w:hanging="708"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-[...4 lines deleted...]
-        <w:ind w:left="1771" w:hanging="1440"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="9578" w:hanging="708"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="322A42DD"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="97F40EE4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Titolo1"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Titolo2"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
@@ -13787,51 +14867,51 @@
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Titolo8"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Titolo9"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="35B77A5B"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="739467A6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="794" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -13909,51 +14989,51 @@
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4478" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5272" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="387946E8"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="F8D0D9FE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="15"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="400" w:hanging="400"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="507" w:hanging="400"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -14022,51 +15102,260 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2189" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2656" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3C472B2F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C27C8504"/>
+    <w:lvl w:ilvl="0" w:tplc="04100015">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1145" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04100019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1865" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0410001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2585" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0410000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3305" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04100019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4025" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0410001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4745" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0410000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5465" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04100019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6185" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0410001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6905" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3EF91124"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="CD78F100"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="10"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1542" w:hanging="279"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:hint="default"/>
+        <w:b/>
+        <w:bCs/>
+        <w:spacing w:val="-1"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1972" w:hanging="708"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:hint="default"/>
+        <w:b/>
+        <w:bCs/>
+        <w:spacing w:val="-1"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1972" w:hanging="708"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3160" w:hanging="708"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4349" w:hanging="708"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5537" w:hanging="708"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6726" w:hanging="708"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7914" w:hanging="708"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="9103" w:hanging="708"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="46950D15"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7FE61892"/>
     <w:lvl w:ilvl="0" w:tplc="97CACE22">
       <w:start w:val="11"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="786" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1506" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -14135,493 +15424,289 @@
     <w:lvl w:ilvl="7" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5826" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04100005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6546" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13">
-[...30 lines deleted...]
-    <w:lvl w:ilvl="3" w:tplc="0410000F" w:tentative="1">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="561641FD"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="56325676"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="4"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1486" w:hanging="223"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:hint="default"/>
+        <w:b/>
+        <w:bCs/>
+        <w:spacing w:val="-1"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%4."/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="4" w:tplc="04100019" w:tentative="1">
+      <w:lvlText w:val="%1.%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1972" w:hanging="708"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:spacing w:val="-1"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-[...6 lines deleted...]
-    <w:lvl w:ilvl="5" w:tplc="0410001B" w:tentative="1">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1955" w:hanging="359"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:eastAsia="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-[...6 lines deleted...]
-    <w:lvl w:ilvl="6" w:tplc="0410000F" w:tentative="1">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3160" w:hanging="359"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-[...6 lines deleted...]
-    <w:lvl w:ilvl="7" w:tplc="04100019" w:tentative="1">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4349" w:hanging="359"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-[...6 lines deleted...]
-    <w:lvl w:ilvl="8" w:tplc="0410001B" w:tentative="1">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5537" w:hanging="359"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-[...4 lines deleted...]
-      </w:pPr>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6726" w:hanging="359"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7914" w:hanging="359"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="9103" w:hanging="359"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="5CBC535B"/>
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6B211AAF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="3CB08DEC"/>
+    <w:tmpl w:val="C1243D5C"/>
     <w:lvl w:ilvl="0" w:tplc="04100001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1117" w:hanging="360"/>
+        <w:ind w:left="1146" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04100003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="04100003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1837" w:hanging="360"/>
+        <w:ind w:left="1866" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04100005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="04100005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2557" w:hanging="360"/>
+        <w:ind w:left="2586" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04100001" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="04100001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3277" w:hanging="360"/>
+        <w:ind w:left="3306" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3997" w:hanging="360"/>
+        <w:ind w:left="4026" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04100005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4717" w:hanging="360"/>
+        <w:ind w:left="4746" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04100001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5437" w:hanging="360"/>
+        <w:ind w:left="5466" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6157" w:hanging="360"/>
+        <w:ind w:left="6186" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04100005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6877" w:hanging="360"/>
+        <w:ind w:left="6906" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15">
-[...242 lines deleted...]
-  <w:abstractNum w:abstractNumId="17">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6E3364D1"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FE360C44"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="720"/>
@@ -14690,630 +15775,871 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18">
-    <w:nsid w:val="7BC74DA7"/>
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7C8421C4"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="12B641DE"/>
+    <w:tmpl w:val="DCCABB24"/>
     <w:lvl w:ilvl="0">
+      <w:start w:val="14"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1542" w:hanging="279"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:hint="default"/>
+        <w:b/>
+        <w:bCs/>
+        <w:spacing w:val="-1"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1"/>
-[...2 lines deleted...]
-        <w:ind w:left="811" w:hanging="696"/>
+      <w:lvlText w:val="%1.%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1972" w:hanging="709"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
-[...13 lines deleted...]
-        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:hint="default"/>
+        <w:b/>
+        <w:bCs/>
+        <w:spacing w:val="-1"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-[...4 lines deleted...]
-        <w:ind w:left="889" w:hanging="720"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%3)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2539" w:hanging="567"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:hint="default"/>
+        <w:spacing w:val="-14"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-[...4 lines deleted...]
-        <w:ind w:left="916" w:hanging="720"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1972" w:hanging="567"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-[...4 lines deleted...]
-        <w:ind w:left="943" w:hanging="720"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1972" w:hanging="567"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-[...4 lines deleted...]
-        <w:ind w:left="1330" w:hanging="1080"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2267" w:hanging="567"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-[...4 lines deleted...]
-        <w:ind w:left="1357" w:hanging="1080"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2539" w:hanging="567"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-[...4 lines deleted...]
-        <w:ind w:left="1744" w:hanging="1440"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4774" w:hanging="567"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-[...4 lines deleted...]
-        <w:ind w:left="1771" w:hanging="1440"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7009" w:hanging="567"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="9"/>
+    <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="2">
-    <w:abstractNumId w:val="10"/>
+    <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="3">
-    <w:abstractNumId w:val="12"/>
+    <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="4">
-    <w:abstractNumId w:val="5"/>
+    <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="5">
-    <w:abstractNumId w:val="2"/>
+    <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="8">
-    <w:abstractNumId w:val="3"/>
+    <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="9">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="10">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="11">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="12">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="13">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="14">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="15">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="16">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="17">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="18">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="11">
-[...8 lines deleted...]
-  <w:num w:numId="14">
+  <w:num w:numId="19">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="15">
-[...12 lines deleted...]
-    <w:abstractNumId w:val="13"/>
+  <w:num w:numId="20">
+    <w:abstractNumId w:val="19"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
-  <w:displayBackgroundShape/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:defaultTabStop w:val="567"/>
+  <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="283"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2053"/>
-[...2 lines deleted...]
-    </o:shapelayout>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="000E50F8"/>
     <w:rsid w:val="00012EBF"/>
-    <w:rsid w:val="0002024B"/>
-    <w:rsid w:val="00020742"/>
+    <w:rsid w:val="00040D3F"/>
+    <w:rsid w:val="00045919"/>
     <w:rsid w:val="000504D1"/>
-    <w:rsid w:val="000541DB"/>
-    <w:rsid w:val="000836D1"/>
+    <w:rsid w:val="00051935"/>
     <w:rsid w:val="000914C4"/>
     <w:rsid w:val="000C5612"/>
     <w:rsid w:val="000C74C8"/>
+    <w:rsid w:val="000E15D1"/>
     <w:rsid w:val="000E50F8"/>
     <w:rsid w:val="000F6B5F"/>
+    <w:rsid w:val="00110300"/>
     <w:rsid w:val="00112C8F"/>
     <w:rsid w:val="001142AC"/>
+    <w:rsid w:val="00122983"/>
     <w:rsid w:val="00154E13"/>
     <w:rsid w:val="00156C62"/>
     <w:rsid w:val="00157598"/>
     <w:rsid w:val="0017004A"/>
     <w:rsid w:val="001848B4"/>
     <w:rsid w:val="00192529"/>
-    <w:rsid w:val="00197245"/>
-[...1 lines deleted...]
-    <w:rsid w:val="001A46AD"/>
+    <w:rsid w:val="001A0F74"/>
     <w:rsid w:val="001B34D8"/>
-    <w:rsid w:val="001B64ED"/>
-[...1 lines deleted...]
-    <w:rsid w:val="001C7DC7"/>
+    <w:rsid w:val="001D0782"/>
     <w:rsid w:val="001D47CC"/>
-    <w:rsid w:val="001D715C"/>
-    <w:rsid w:val="001E3019"/>
     <w:rsid w:val="001F0D4D"/>
     <w:rsid w:val="001F162C"/>
-    <w:rsid w:val="001F4B09"/>
+    <w:rsid w:val="001F38A7"/>
     <w:rsid w:val="002040E4"/>
     <w:rsid w:val="00223F77"/>
     <w:rsid w:val="00226C83"/>
     <w:rsid w:val="00230AC6"/>
     <w:rsid w:val="00235AF4"/>
+    <w:rsid w:val="00264F1D"/>
+    <w:rsid w:val="00266573"/>
     <w:rsid w:val="0026790E"/>
-    <w:rsid w:val="002B5DF2"/>
-[...4 lines deleted...]
-    <w:rsid w:val="002F5494"/>
+    <w:rsid w:val="00274AAE"/>
+    <w:rsid w:val="0028536A"/>
+    <w:rsid w:val="002B550D"/>
+    <w:rsid w:val="002E49D9"/>
+    <w:rsid w:val="00305986"/>
+    <w:rsid w:val="00307CF8"/>
+    <w:rsid w:val="003100BB"/>
     <w:rsid w:val="00313AF2"/>
     <w:rsid w:val="00316F24"/>
-    <w:rsid w:val="003263CD"/>
     <w:rsid w:val="00332081"/>
     <w:rsid w:val="00333F99"/>
     <w:rsid w:val="00342C15"/>
-    <w:rsid w:val="003438E3"/>
     <w:rsid w:val="00345E67"/>
-    <w:rsid w:val="00370835"/>
+    <w:rsid w:val="00351F29"/>
     <w:rsid w:val="00387E6B"/>
+    <w:rsid w:val="00390AFD"/>
     <w:rsid w:val="00393E43"/>
-    <w:rsid w:val="00396685"/>
-    <w:rsid w:val="00397294"/>
+    <w:rsid w:val="003A3E86"/>
     <w:rsid w:val="003C4C63"/>
-    <w:rsid w:val="004229DC"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00435F6C"/>
+    <w:rsid w:val="003D2BA2"/>
+    <w:rsid w:val="003E4B8F"/>
+    <w:rsid w:val="00425CD4"/>
     <w:rsid w:val="00436815"/>
-    <w:rsid w:val="004373C1"/>
+    <w:rsid w:val="004A63AB"/>
     <w:rsid w:val="004B4F83"/>
-    <w:rsid w:val="004F0295"/>
+    <w:rsid w:val="004D46BD"/>
+    <w:rsid w:val="004E6F32"/>
     <w:rsid w:val="004F30A0"/>
     <w:rsid w:val="00512934"/>
-    <w:rsid w:val="00512A29"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00561051"/>
+    <w:rsid w:val="00512E19"/>
+    <w:rsid w:val="00556B6A"/>
     <w:rsid w:val="0057338E"/>
     <w:rsid w:val="00587031"/>
-    <w:rsid w:val="005B3FA3"/>
+    <w:rsid w:val="005B13EB"/>
+    <w:rsid w:val="005B760E"/>
+    <w:rsid w:val="005C12D5"/>
     <w:rsid w:val="005D28C0"/>
     <w:rsid w:val="005E224F"/>
-    <w:rsid w:val="005E6F73"/>
-    <w:rsid w:val="00606A91"/>
+    <w:rsid w:val="005F1ECF"/>
+    <w:rsid w:val="005F3069"/>
     <w:rsid w:val="006170C0"/>
     <w:rsid w:val="00627525"/>
     <w:rsid w:val="006303D9"/>
-    <w:rsid w:val="006455F3"/>
+    <w:rsid w:val="006455BD"/>
     <w:rsid w:val="00655094"/>
-    <w:rsid w:val="006562B7"/>
+    <w:rsid w:val="00672187"/>
+    <w:rsid w:val="00682907"/>
+    <w:rsid w:val="006942EE"/>
     <w:rsid w:val="00697154"/>
     <w:rsid w:val="006A4356"/>
-    <w:rsid w:val="006C3B03"/>
     <w:rsid w:val="006C67F4"/>
-    <w:rsid w:val="006D4D73"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00740C13"/>
+    <w:rsid w:val="006E7E2E"/>
+    <w:rsid w:val="006F1806"/>
+    <w:rsid w:val="00716F1D"/>
+    <w:rsid w:val="00720C6C"/>
+    <w:rsid w:val="00734CE0"/>
     <w:rsid w:val="00744B86"/>
-    <w:rsid w:val="007576A0"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00825BCD"/>
+    <w:rsid w:val="007A5C2A"/>
+    <w:rsid w:val="007E1BD4"/>
+    <w:rsid w:val="00810451"/>
     <w:rsid w:val="00826033"/>
     <w:rsid w:val="00837C63"/>
-    <w:rsid w:val="0084312B"/>
     <w:rsid w:val="0087713C"/>
-    <w:rsid w:val="0088042E"/>
-[...2 lines deleted...]
-    <w:rsid w:val="008C14C6"/>
+    <w:rsid w:val="008859E3"/>
     <w:rsid w:val="008C205E"/>
+    <w:rsid w:val="008D208D"/>
     <w:rsid w:val="008D2FF6"/>
     <w:rsid w:val="008F7C42"/>
-    <w:rsid w:val="00906DB0"/>
-    <w:rsid w:val="0091016E"/>
+    <w:rsid w:val="00903949"/>
+    <w:rsid w:val="00906724"/>
+    <w:rsid w:val="009115CB"/>
     <w:rsid w:val="00947E88"/>
+    <w:rsid w:val="009638A3"/>
     <w:rsid w:val="0097330F"/>
+    <w:rsid w:val="00973CA7"/>
+    <w:rsid w:val="0097424F"/>
+    <w:rsid w:val="00977A12"/>
+    <w:rsid w:val="00986EA0"/>
+    <w:rsid w:val="00990BF9"/>
+    <w:rsid w:val="0099308F"/>
+    <w:rsid w:val="009A14B1"/>
     <w:rsid w:val="009B0176"/>
     <w:rsid w:val="009C60E1"/>
     <w:rsid w:val="009D29A0"/>
     <w:rsid w:val="009D3318"/>
-    <w:rsid w:val="009E0FDA"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00A04F8E"/>
+    <w:rsid w:val="009D3CB2"/>
+    <w:rsid w:val="009F22AF"/>
+    <w:rsid w:val="00A276FA"/>
     <w:rsid w:val="00A30768"/>
-    <w:rsid w:val="00A31E33"/>
-    <w:rsid w:val="00A47AB6"/>
+    <w:rsid w:val="00A40EDD"/>
+    <w:rsid w:val="00A51815"/>
+    <w:rsid w:val="00A5359D"/>
+    <w:rsid w:val="00A624DE"/>
     <w:rsid w:val="00A649CD"/>
+    <w:rsid w:val="00AA3C29"/>
+    <w:rsid w:val="00AB4F22"/>
+    <w:rsid w:val="00AB5E75"/>
+    <w:rsid w:val="00AB66C6"/>
     <w:rsid w:val="00AC6CF4"/>
-    <w:rsid w:val="00AE2574"/>
-    <w:rsid w:val="00B205EA"/>
     <w:rsid w:val="00B268DA"/>
     <w:rsid w:val="00B360E9"/>
-    <w:rsid w:val="00B410BA"/>
-    <w:rsid w:val="00B41A4D"/>
     <w:rsid w:val="00B505FE"/>
     <w:rsid w:val="00B72229"/>
-    <w:rsid w:val="00B81DF2"/>
-    <w:rsid w:val="00B847B8"/>
     <w:rsid w:val="00B90ED4"/>
     <w:rsid w:val="00B9110D"/>
     <w:rsid w:val="00B92136"/>
-    <w:rsid w:val="00B96F92"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00BB53E8"/>
+    <w:rsid w:val="00BB70DA"/>
     <w:rsid w:val="00BB779D"/>
-    <w:rsid w:val="00BC73F7"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00C113E2"/>
+    <w:rsid w:val="00BC25C3"/>
+    <w:rsid w:val="00BC77A7"/>
+    <w:rsid w:val="00BE168A"/>
     <w:rsid w:val="00C15C68"/>
     <w:rsid w:val="00C177B3"/>
-    <w:rsid w:val="00C42291"/>
-[...5 lines deleted...]
-    <w:rsid w:val="00CF5B91"/>
+    <w:rsid w:val="00C302D8"/>
+    <w:rsid w:val="00C70EA4"/>
+    <w:rsid w:val="00CB27AF"/>
+    <w:rsid w:val="00CE307C"/>
+    <w:rsid w:val="00CF1D97"/>
+    <w:rsid w:val="00D077F3"/>
     <w:rsid w:val="00D16158"/>
-    <w:rsid w:val="00D33113"/>
     <w:rsid w:val="00D3494F"/>
-    <w:rsid w:val="00D431BB"/>
+    <w:rsid w:val="00D36E4E"/>
+    <w:rsid w:val="00D646A1"/>
     <w:rsid w:val="00D82B82"/>
-    <w:rsid w:val="00D86B7C"/>
-    <w:rsid w:val="00D94E74"/>
+    <w:rsid w:val="00D86AEA"/>
     <w:rsid w:val="00DA335D"/>
-    <w:rsid w:val="00DA7CD4"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00DD34E8"/>
+    <w:rsid w:val="00DD7BD3"/>
     <w:rsid w:val="00DE7790"/>
     <w:rsid w:val="00DF4E00"/>
+    <w:rsid w:val="00E01704"/>
+    <w:rsid w:val="00E10F3C"/>
+    <w:rsid w:val="00E16CFC"/>
     <w:rsid w:val="00E3313F"/>
+    <w:rsid w:val="00E45CBE"/>
+    <w:rsid w:val="00E47258"/>
     <w:rsid w:val="00E71A20"/>
+    <w:rsid w:val="00E82AEB"/>
     <w:rsid w:val="00EA5704"/>
+    <w:rsid w:val="00EB60D4"/>
     <w:rsid w:val="00EB78E2"/>
-    <w:rsid w:val="00ED6EF3"/>
+    <w:rsid w:val="00EC23D7"/>
+    <w:rsid w:val="00EE0B86"/>
     <w:rsid w:val="00EE2CA4"/>
+    <w:rsid w:val="00EF0817"/>
     <w:rsid w:val="00F01010"/>
+    <w:rsid w:val="00F044B2"/>
+    <w:rsid w:val="00F0554A"/>
     <w:rsid w:val="00F45002"/>
     <w:rsid w:val="00F52065"/>
     <w:rsid w:val="00F625A0"/>
     <w:rsid w:val="00F711D1"/>
-    <w:rsid w:val="00F73761"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00FF1F61"/>
     <w:rsid w:val="00FF7BA4"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="it-IT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2053"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="063732F1"/>
+  <w15:docId w15:val="{4FB13B9D-C893-B34B-8754-895927EC5FD1}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...137 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normale">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="001B3490"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Titolo1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normale"/>
     <w:next w:val="Normale"/>
     <w:link w:val="Titolo1Carattere"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="001B3490"/>
     <w:pPr>
       <w:keepNext/>
       <w:numPr>
         <w:numId w:val="1"/>
       </w:numPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
@@ -15869,1177 +17195,90 @@
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Titolo21">
     <w:name w:val="Titolo 21"/>
     <w:basedOn w:val="Normale"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00C15C68"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:before="61"/>
       <w:ind w:left="577" w:hanging="337"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Menzionenonrisolta2">
-    <w:name w:val="Menzione non risolta2"/>
+  <w:style w:type="character" w:styleId="Menzionenonrisolta">
+    <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Carpredefinitoparagrafo"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00906DB0"/>
+    <w:rsid w:val="00D646A1"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="PreformattatoHTML">
-[...96 lines deleted...]
-    <w:name w:val="Unresolved Mention"/>
+  <w:style w:type="character" w:styleId="Collegamentovisitato">
+    <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="Carpredefinitoparagrafo"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00D94E74"/>
+    <w:rsid w:val="00A276FA"/>
     <w:rPr>
-      <w:color w:val="605E5C"/>
-[...608 lines deleted...]
-      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
+      <w:color w:val="800080" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
-    </w:rPr>
-[...261 lines deleted...]
-      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
-[...118 lines deleted...]
-  </w:divs>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://29er.org/images/29er_Race_Management/29er_Race_Management_Guidelines-201904.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@multilario.it" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federvela.it/federvela/normative-e-regolamenti/programmazione-attivit%C3%A0-sportiva-nazionale/103-norme-per-l-attivit%C3%A0-sportiva-nazionale/file.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://29er.org/assets/29erMedia/29er%20RACE%20MANAGEMENT%20GUIDELINES%202024-2.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/></Relationships>
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -17281,87 +17520,71 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...14 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>6</Pages>
-[...1 lines deleted...]
-  <Characters>13047</Characters>
+  <Pages>1</Pages>
+  <Words>2427</Words>
+  <Characters>13835</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>108</Lines>
-  <Paragraphs>30</Paragraphs>
+  <Lines>115</Lines>
+  <Paragraphs>32</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titolo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>15305</CharactersWithSpaces>
+  <CharactersWithSpaces>16230</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>x</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>