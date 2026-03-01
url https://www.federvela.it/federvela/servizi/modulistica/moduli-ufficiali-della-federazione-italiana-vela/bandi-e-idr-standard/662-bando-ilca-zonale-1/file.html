--- v0 (2025-10-16)
+++ v1 (2026-03-01)
@@ -1,16470 +1,8196 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:background w:color="FFFFFF"/>
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:background w:color="FFFFFF" w:themeColor="background1"/>
   <w:body>
-    <w:p w14:paraId="69E54F79" w14:textId="77777777" w:rsidR="00470C5B" w:rsidRDefault="00470C5B">
-[...9 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00470C5B" w:rsidRDefault="00470C5B">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="70F28F6F" w14:textId="683F2CCD" w:rsidR="00470C5B" w:rsidRPr="00226DCA" w:rsidRDefault="00090482" w:rsidP="00226DCA">
-[...9 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00470C5B" w:rsidRPr="00226DCA" w:rsidRDefault="00090482" w:rsidP="00226DCA">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="002060"/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="002060"/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
         </w:rPr>
         <w:t>BANDO DI REGATA</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24757E4D" w14:textId="77777777" w:rsidR="00470C5B" w:rsidRDefault="00090482">
-[...9 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00470C5B" w:rsidRDefault="00090482">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:color w:val="002060"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="C00000"/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
         </w:rPr>
         <w:t>REGATA ZONALE</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F0344A2" w14:textId="5AA6943B" w:rsidR="00470C5B" w:rsidRPr="00226DCA" w:rsidRDefault="00090482" w:rsidP="00226DCA">
-[...1 lines deleted...]
-        <w:widowControl/>
+    <w:p w:rsidR="00470C5B" w:rsidRPr="00226DCA" w:rsidRDefault="00090482" w:rsidP="00226DCA">
+      <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="602"/>
           <w:tab w:val="left" w:pos="1034"/>
           <w:tab w:val="left" w:pos="1466"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0"/>
         <w:ind w:left="113"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
           <w:b/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
           <w:b/>
           <w:i/>
           <w:color w:val="C00000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Classi ILCA 4 - 6 - 7</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B6CEA45" w14:textId="77777777" w:rsidR="00470C5B" w:rsidRDefault="00090482">
-[...1 lines deleted...]
-        <w:widowControl/>
+    <w:p w:rsidR="00470C5B" w:rsidRDefault="00090482">
+      <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="602"/>
           <w:tab w:val="left" w:pos="1034"/>
           <w:tab w:val="left" w:pos="1466"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0"/>
         <w:ind w:left="113"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00BC60FB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...5 lines deleted...]
-        <w:widowControl/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>Località, XX/XX/202</w:t>
+      </w:r>
+      <w:r w:rsidR="001F59F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00470C5B" w:rsidRDefault="00470C5B">
+      <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...8 lines deleted...]
-        <w:widowControl/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B053A7" w:rsidRDefault="00B053A7" w:rsidP="00B053A7">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="002060"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B053A7" w:rsidRDefault="00B053A7" w:rsidP="00B053A7">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="002060"/>
+        </w:rPr>
+        <w:t>AUTORITÀ ORGANIZZATRICE</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B053A7" w:rsidRPr="0064667C" w:rsidRDefault="00B053A7" w:rsidP="00B053A7">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0064667C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">La autorità organizzatrice è la Federazione Italiana Vela che ne demanda la organizzazione al </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0064667C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>__________________</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0064667C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0064667C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>,  (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0064667C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Eventuale </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0064667C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>in collaborazione con _______________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0064667C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B053A7" w:rsidRPr="0064667C" w:rsidRDefault="00B053A7" w:rsidP="00B053A7">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0064667C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Riferimenti e Contatti: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0064667C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>___________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0064667C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> via </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0064667C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>_____________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0064667C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0064667C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>località____________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0064667C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B053A7" w:rsidRPr="0064667C" w:rsidRDefault="00B053A7" w:rsidP="00B053A7">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0064667C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sito </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0064667C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>_____________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0064667C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – e-mail: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8">
+        <w:r w:rsidRPr="0064667C">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="000080"/>
+            <w:highlight w:val="yellow"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>_______________</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="0064667C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – mobile: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0064667C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B053A7" w:rsidRPr="0064667C" w:rsidRDefault="00B053A7" w:rsidP="00B053A7">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="120"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B053A7" w:rsidRDefault="00B053A7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00470C5B" w:rsidRDefault="00090482">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Nel presente Bando di Regata e nelle successive Istruzioni di Regata sono utilizzate le seguenti abbreviazioni:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00470C5B" w:rsidRPr="00C52B26" w:rsidRDefault="00090482">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...28 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> al</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00226DCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">CO </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00226DCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00B3332C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00226DCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00226DCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Comitato Organizzatore</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C52B26" w:rsidRPr="00C52B26" w:rsidRDefault="00C52B26" w:rsidP="00C52B26">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="1560"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>AICL</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00B3332C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="005729AA">
-[...80 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> -</w:t>
+      </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="005729AA">
-[...44 lines deleted...]
-        <w:widowControl/>
+      <w:r w:rsidRPr="00976F4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Associazione Italia Classi Laser</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00470C5B" w:rsidRPr="00226DCA" w:rsidRDefault="00090482">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00226DCA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">CO/AO </w:t>
-      </w:r>
+        <w:t>AUC</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00226DCA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
-        <w:t>- Comitato Organizzatore, Circolo Organizzatore</w:t>
-[...4 lines deleted...]
-        <w:widowControl/>
+      </w:r>
+      <w:r w:rsidR="00B3332C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00226DCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00226DCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Albo Ufficiale dei Comunicati</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00470C5B" w:rsidRPr="00226DCA" w:rsidRDefault="00090482">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00226DCA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>AUC</w:t>
-      </w:r>
+        <w:t>CdP</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00226DCA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00226DCA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
-        <w:t>- Albo Ufficiale dei Comunicati</w:t>
-[...4 lines deleted...]
-        <w:widowControl/>
+        <w:t>- Comitato delle Proteste</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00470C5B" w:rsidRPr="00226DCA" w:rsidRDefault="00090482">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00226DCA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>CdP</w:t>
+        <w:t>CdR</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00226DCA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00226DCA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
-        <w:t>- Comitato delle Proteste</w:t>
-[...4 lines deleted...]
-        <w:widowControl/>
+        <w:t>- Comitato di Regata</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00470C5B" w:rsidRPr="00226DCA" w:rsidRDefault="00090482">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00226DCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>CIS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00226DCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00226DCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>- Codice internazionale dei segnali</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00470C5B" w:rsidRPr="00226DCA" w:rsidRDefault="00090482">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00226DCA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>CdR</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve">CT </w:t>
+      </w:r>
       <w:r w:rsidRPr="00226DCA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00226DCA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
-        <w:t>- Comitato di Regata</w:t>
-[...49 lines deleted...]
-        <w:widowControl/>
+        <w:t>- Comitato Tecnico</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00470C5B" w:rsidRPr="00226DCA" w:rsidRDefault="00090482">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00226DCA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">CT </w:t>
-      </w:r>
+        <w:t>BdR</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00226DCA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00226DCA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
-        <w:t>- Comitato Tecnico</w:t>
-[...4 lines deleted...]
-        <w:widowControl/>
+        <w:t>- Bando di Regata</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00470C5B" w:rsidRPr="00226DCA" w:rsidRDefault="00090482">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00226DCA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>BdR</w:t>
+        <w:t>IdR</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00226DCA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">    </w:t>
+        <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00226DCA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...12 lines deleted...]
-        <w:widowControl/>
+        <w:t>- Istruzioni di Regata</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00470C5B" w:rsidRPr="00226DCA" w:rsidRDefault="00090482">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00226DCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>RRS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00226DCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00226DCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">- Regole di Regata della Vela World </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00226DCA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>IdR</w:t>
+        <w:t>Sailing</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00226DCA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:tab/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00226DCA">
+        <w:t xml:space="preserve"> (WS) 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00BF403B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:tab/>
-[...5 lines deleted...]
-        <w:widowControl/>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00226DCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>-202</w:t>
+      </w:r>
+      <w:r w:rsidR="00BF403B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00226DCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ovvero Regola</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00470C5B" w:rsidRPr="00226DCA" w:rsidRDefault="00090482">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00226DCA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>RRS</w:t>
+        <w:t>SR</w:t>
       </w:r>
       <w:r w:rsidRPr="00226DCA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00226DCA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">- Regole di Regata della Vela World </w:t>
-[...22 lines deleted...]
-        <w:widowControl/>
+        <w:t>- Segreteria di Regata</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00470C5B" w:rsidRPr="00226DCA" w:rsidRDefault="00090482" w:rsidP="00226DCA">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
+        <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00226DCA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>SR</w:t>
+        <w:t>WS</w:t>
       </w:r>
       <w:r w:rsidRPr="00226DCA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00226DCA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
-        <w:t>- Segreteria di Regata</w:t>
-[...17 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00226DCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-      </w:pPr>
+        <w:t xml:space="preserve">World </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00226DCA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>WS</w:t>
-[...34 lines deleted...]
-        </w:rPr>
         <w:t>Sailing</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="0245D27A" w14:textId="77777777" w:rsidR="00470C5B" w:rsidRDefault="00090482">
-[...10 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:p w:rsidR="00470C5B" w:rsidRDefault="00090482">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Notazioni ai punti del Bando di Regata e delle successive Istruzioni di Regata:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BA85575" w14:textId="77777777" w:rsidR="00470C5B" w:rsidRDefault="00470C5B">
-[...10 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:p w:rsidR="00470C5B" w:rsidRDefault="00470C5B">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="C00000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a"/>
         <w:tblW w:w="9338" w:type="dxa"/>
         <w:tblInd w:w="136" w:type="dxa"/>
-        <w:tblBorders>
-[...6 lines deleted...]
-        </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="867"/>
-        <w:gridCol w:w="8471"/>
+        <w:gridCol w:w="583"/>
+        <w:gridCol w:w="8755"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00470C5B" w14:paraId="000B2ECD" w14:textId="77777777" w:rsidTr="002F7718">
+      <w:tr w:rsidR="00470C5B" w:rsidTr="00280940">
         <w:trPr>
-          <w:trHeight w:val="580"/>
+          <w:trHeight w:val="653"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="867" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="583" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:left w:w="-2" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="13E339C2" w14:textId="77777777" w:rsidR="00470C5B" w:rsidRDefault="00470C5B">
+          <w:p w:rsidR="00470C5B" w:rsidRPr="000D692D" w:rsidRDefault="00633FF8" w:rsidP="00057DEE">
             <w:pPr>
-              <w:widowControl/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="160" w:line="252" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="2"/>
-                <w:szCs w:val="2"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...11 lines deleted...]
-              <w:jc w:val="both"/>
+            <w:r w:rsidRPr="000D692D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
-            </w:pPr>
-            <w:r>
+              <w:t>[</w:t>
+            </w:r>
+            <w:r w:rsidR="00090482" w:rsidRPr="000D692D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
+              <w:t>NP</w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidR="002F7718">
+            <w:r w:rsidRPr="000D692D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...21 lines deleted...]
-                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8471" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="8755" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:left w:w="-2" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="12E1EB43" w14:textId="77777777" w:rsidR="00470C5B" w:rsidRDefault="00090482">
+          <w:p w:rsidR="00470C5B" w:rsidRPr="000D692D" w:rsidRDefault="000D692D" w:rsidP="00057DEE">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:before="8" w:after="0" w:line="228" w:lineRule="auto"/>
               <w:ind w:left="152" w:right="-23"/>
-              <w:jc w:val="both"/>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="000D692D">
               <w:rPr>
-                <w:color w:val="000000"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
               </w:rPr>
-              <w:t xml:space="preserve">Regole che non </w:t>
+              <w:t xml:space="preserve">Indica che una barca non può protestare un'altra barca per aver infranto una regola così annotata. Il </w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
-            <w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D692D">
               <w:rPr>
-                <w:color w:val="000000"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
               </w:rPr>
-              <w:t>possono</w:t>
+              <w:t>CdP</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
-            <w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D692D">
               <w:rPr>
-                <w:color w:val="000000"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
               </w:rPr>
-              <w:t xml:space="preserve"> essere oggetto di protesta barca contro barca (modifica la RRS 60.1(a)).</w:t>
+              <w:t xml:space="preserve"> potrà rifiutarsi di tenere l’udienza quando una barca protesta in base a queste regole (modifica le RRS 6</w:t>
+            </w:r>
+            <w:r w:rsidR="00206F2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000D692D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>.1 e 63.2(a))</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000D692D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F7718" w:rsidRPr="0042639D" w14:paraId="332F69B6" w14:textId="77777777" w:rsidTr="002F7718">
-[...10 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00280940" w:rsidTr="00280940">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="905"/>
+          <w:trHeight w:val="580"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="867" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="583" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:left w:w="-2" w:type="dxa"/>
+            </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2026CFF7" w14:textId="77777777" w:rsidR="002F7718" w:rsidRPr="0042639D" w:rsidRDefault="002F7718" w:rsidP="002F7718">
+          <w:p w:rsidR="00280940" w:rsidRPr="000D692D" w:rsidRDefault="00280940" w:rsidP="00280940">
             <w:pPr>
-              <w:widowControl/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
               <w:spacing w:after="160" w:line="252" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:bCs/>
-[...1 lines deleted...]
-                <w:w w:val="102"/>
+                <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="002F7718">
+            <w:r w:rsidRPr="000D692D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>[SP</w:t>
-[...10 lines deleted...]
-              <w:t>]</w:t>
+              <w:t>[SP]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8471" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="8755" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:left w:w="-2" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0C04E770" w14:textId="77777777" w:rsidR="002F7718" w:rsidRPr="0042639D" w:rsidRDefault="002F7718" w:rsidP="002B483E">
+          <w:p w:rsidR="00280940" w:rsidRPr="000D692D" w:rsidRDefault="000D692D" w:rsidP="00280940">
             <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
               <w:spacing w:before="8"/>
               <w:ind w:left="152" w:right="-23"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:spacing w:val="1"/>
+                <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AA3FBB">
+            <w:r w:rsidRPr="000D692D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t xml:space="preserve">Regole che prevedono l’applicazione di </w:t>
+              <w:t xml:space="preserve">Indica </w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00AA3FBB">
+            <w:r w:rsidR="00280940" w:rsidRPr="000D692D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t>una penalità standard</w:t>
+              <w:t>Regole che prevedono l’applicazione di una penalità standard applicata dal Comitato senza udienza. (modifica l</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00AA3FBB">
+            <w:r w:rsidR="00B053A7" w:rsidRPr="000D692D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t xml:space="preserve"> applicata dal Comitato di Regata senza udienza, o una penalità discrezionale applicata dal Comitato delle Proteste senza udienza. Questo cambia la RRS 63.1 e A5.1.</w:t>
+              <w:t>e</w:t>
+            </w:r>
+            <w:r w:rsidR="00280940" w:rsidRPr="000D692D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> RRS A5.1</w:t>
+            </w:r>
+            <w:r w:rsidR="00B053A7" w:rsidRPr="000D692D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> e </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000D692D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>A5</w:t>
+            </w:r>
+            <w:r w:rsidR="00B053A7" w:rsidRPr="000D692D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>.2</w:t>
+            </w:r>
+            <w:r w:rsidR="00280940" w:rsidRPr="000D692D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="480F308F" w14:textId="77777777" w:rsidR="00470C5B" w:rsidRDefault="00470C5B">
-[...10 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:p w:rsidR="00470C5B" w:rsidRDefault="00090482">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:before="120" w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="002060"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...11 lines deleted...]
-        <w:jc w:val="both"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="002060"/>
         </w:rPr>
-      </w:pPr>
-[...5 lines deleted...]
-        </w:rPr>
         <w:t>1. REGOLE</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28B651FC" w14:textId="2FF7B409" w:rsidR="00470C5B" w:rsidRDefault="00090482">
-[...9 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00BA264A" w:rsidRDefault="00090482">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0"/>
         <w:ind w:left="426" w:hanging="426"/>
-        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L</w:t>
+      </w:r>
+      <w:r w:rsidR="00280940">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>a manifestazione</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> è governat</w:t>
+      </w:r>
+      <w:r w:rsidR="00280940">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> da</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA264A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00470C5B" w:rsidRDefault="00BA264A">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="426" w:hanging="426"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>1.1 L'evento è governato dalle Regole definite nelle Regole di regata della Vela WS in vigore</w:t>
-[...13 lines deleted...]
-        <w:widowControl/>
+        <w:t>1.1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>L</w:t>
+      </w:r>
+      <w:r w:rsidR="00090482">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">e </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>R</w:t>
+      </w:r>
+      <w:r w:rsidR="00280940">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>RS</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00470C5B" w:rsidRDefault="00090482" w:rsidP="002A0497">
+      <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1407"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0"/>
         <w:ind w:left="426" w:hanging="426"/>
-        <w:jc w:val="both"/>
-[...25 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1.2 La vigente Normativa FIV per l’Attività Sportiva Nazionale Organizzata in Italia </w:t>
       </w:r>
       <w:r w:rsidR="002A0497">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>e la Scheda Normativa di classe</w:t>
-[...11 lines deleted...]
-        <w:widowControl/>
+        <w:t xml:space="preserve">e la Scheda Normativa </w:t>
+      </w:r>
+      <w:r w:rsidR="00280940">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="002A0497">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>lass</w:t>
+      </w:r>
+      <w:r w:rsidR="00280940">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>i ILCA 2026.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00470C5B" w:rsidRDefault="00090482">
+      <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1407"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...18 lines deleted...]
-        <w:t xml:space="preserve"> l’Appendice “P” del RRS (Speciali Procedure per la Regola </w:t>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>1.</w:t>
+      </w:r>
+      <w:r w:rsidR="00C20D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA264A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L’</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Appendice “P” del RRS (Speciali Procedure per la Regola 42)</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA264A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> modificata come al successivo punto 12.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00470C5B" w:rsidRDefault="00090482">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>1.4 La Regola 7(a) della Classe ILCA è modificata come segue: “Solo una persona dovrà essere a bordo mentre la barca è in regata. Il suo nome dovrà essere quello riportato nel modulo di iscrizione”.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00470C5B" w:rsidRDefault="00090482">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>1.5 Sarà applicate l’Appendice T (Arbitrato) del RRS.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00470C5B" w:rsidRDefault="00090482">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>1.6Tutte le barche con lo stesso armamento sono definite come “</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C76680">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>flotta</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>” con conseguente suddivisione in flotte ILCA 4, ILCA 6 e ILCA 7.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00470C5B" w:rsidRDefault="00090482" w:rsidP="00BD4A9F">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1.7 In caso di contrasto tra </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>BdR</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>IdR</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> queste ultime </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD4A9F" w:rsidRPr="00C00100">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ed i successivi comunicati prevarranno</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3332C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nel rispetto della </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF403B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>RRS</w:t>
+      </w:r>
+      <w:r w:rsidR="000B46B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BC60FB" w:rsidRPr="00BF403B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>63.</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3332C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="00280940">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>(c</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA264A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00C52B26">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00280940" w:rsidRDefault="00280940" w:rsidP="00BD4A9F">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00470C5B" w:rsidRDefault="00090482">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="002060"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="002060"/>
+        </w:rPr>
+        <w:t>2. ISTRUZIONI DI REGATA</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B053A7" w:rsidRDefault="00090482">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="426" w:hanging="426"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2.1 Le Istruzioni di Regata saranno disponibili </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9"/>
+      <w:r w:rsidR="00B053A7">
+        <w:t>al link:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00470C5B" w:rsidRDefault="00B053A7">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>dalle</w:t>
+      </w:r>
+      <w:r w:rsidR="00090482" w:rsidRPr="00E60B1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ore </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="00090482">
-[...4 lines deleted...]
-        <w:t>42</w:t>
+      <w:r w:rsidR="00090482" w:rsidRPr="00E60B1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>XX:XX</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidR="00090482">
-[...186 lines deleted...]
-          <w:color w:val="000080"/>
+      <w:r w:rsidR="00090482" w:rsidRPr="00E60B1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> del XX/XX/202</w:t>
+      </w:r>
+      <w:r w:rsidR="00462A5A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00090482" w:rsidRPr="00E60B1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (indicare eventualmente altro sito/URL)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00470C5B" w:rsidRDefault="00057DEE">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...123 lines deleted...]
-        <w:jc w:val="both"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-      </w:pPr>
-[...3 lines deleted...]
-        <w:widowControl/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00470C5B" w:rsidRDefault="00090482">
+      <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="432"/>
           <w:tab w:val="left" w:pos="864"/>
           <w:tab w:val="left" w:pos="1296"/>
           <w:tab w:val="left" w:pos="3780"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="002060"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="002060"/>
         </w:rPr>
         <w:t>3. COMUNICATI</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13DAA68A" w14:textId="13623834" w:rsidR="00470C5B" w:rsidRDefault="00090482">
+    <w:p w:rsidR="00470C5B" w:rsidRPr="00C52B26" w:rsidRDefault="00090482" w:rsidP="00280940">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="426" w:hanging="426"/>
-        <w:jc w:val="both"/>
-[...8 lines deleted...]
-        <w:lastRenderedPageBreak/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:strike/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>3.1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">L’AUC sarà solo ON-LINE al seguente link: </w:t>
+        <w:t xml:space="preserve">L’AUC sarà solo ONLINE al seguente link: </w:t>
       </w:r>
       <w:r w:rsidRPr="002A0497">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>XXX</w:t>
       </w:r>
-      <w:r>
-[...19 lines deleted...]
-    <w:p w14:paraId="4633B96D" w14:textId="77777777" w:rsidR="00470C5B" w:rsidRDefault="00090482">
+    </w:p>
+    <w:p w:rsidR="00470C5B" w:rsidRPr="000846D7" w:rsidRDefault="00090482" w:rsidP="000846D7">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
-        <w:spacing w:after="0"/>
+        <w:spacing w:after="120"/>
         <w:ind w:left="426" w:hanging="426"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>3.2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Eventuali modifiche alle </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>IdR</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ed altri Comunicati per i concorrenti potranno essere fatte sino a 2 ore prima dal segnale di avviso della prima prova in programma per la giornata. Modifiche al programma dovranno essere fatte entro le ore </w:t>
-[...32 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> ed altri Comunicati per i concorrenti potranno essere fatte sino a 2 ore prima dal segnale di avviso della prima prova in programma per la giornata. Modifiche al programma dovranno essere fatte entro le ore</w:t>
+      </w:r>
+      <w:r w:rsidR="00280940">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 20.00 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>del giorno precedente a quello in cui avranno effetto.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="495D5467" w14:textId="77777777" w:rsidR="00470C5B" w:rsidRDefault="00090482">
-[...169 lines deleted...]
-    <w:p w14:paraId="54029435" w14:textId="77777777" w:rsidR="00470C5B" w:rsidRDefault="00470C5B">
+    <w:p w:rsidR="00470C5B" w:rsidRDefault="00090482">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="0"/>
-        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="002060"/>
-          <w:sz w:val="20"/>
-[...20 lines deleted...]
-          <w:color w:val="002060"/>
         </w:rPr>
         <w:t>4. ELEGGIBILITA’ E TESSERAMENTO</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5488552B" w14:textId="77777777" w:rsidR="00470C5B" w:rsidRDefault="00090482">
-[...1 lines deleted...]
-        <w:widowControl/>
+    <w:p w:rsidR="00470C5B" w:rsidRDefault="00090482">
+      <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="432"/>
           <w:tab w:val="left" w:pos="864"/>
           <w:tab w:val="left" w:pos="1296"/>
           <w:tab w:val="left" w:pos="3828"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0"/>
         <w:ind w:left="426" w:hanging="426"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>4.1 La regata è “aperta” e pertanto, nel rispetto della Normativa FIV e dei regolamenti dell’Associazione di Classe in vigore, all’evento potranno partecipare anche equipaggi italiani di altre Zone e gli equipaggi stranieri, purché in regola con le prescrizioni dell’Autorità Nazionale di appartenenza e con il tesseramento all’Associazione di Classe.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D3842B8" w14:textId="4BECD6B2" w:rsidR="00470C5B" w:rsidRDefault="00090482">
+    <w:p w:rsidR="00470C5B" w:rsidRDefault="00090482">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="426" w:hanging="426"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="252525"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="_gjdgxs" w:colFirst="0" w:colLast="0"/>
-      <w:bookmarkEnd w:id="1"/>
+      <w:bookmarkStart w:id="0" w:name="_gjdgxs" w:colFirst="0" w:colLast="0"/>
+      <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">4.3 Come da Normativa della Classe ILCA in vigore, ai fini della Ranking Zonale </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="252525"/>
         </w:rPr>
-        <w:t>costituirà punteggio solo per gli atleti appartenenti alle Zone dove l’atleta ha iniziato l’attività zonale. (Vedi Scheda Normativa ILCA 202</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00354DD5">
+        <w:t xml:space="preserve">costituirà punteggio solo per gli atleti appartenenti alle Zone dove l’atleta ha iniziato l’attività zonale. (Vedi Scheda Normativa ILCA </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF403B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="252525"/>
         </w:rPr>
-        <w:t>4</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="00280940">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="252525"/>
         </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF403B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="252525"/>
+        </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42644D22" w14:textId="77777777" w:rsidR="00470C5B" w:rsidRDefault="00090482">
-[...1 lines deleted...]
-        <w:widowControl/>
+    <w:p w:rsidR="00470C5B" w:rsidRDefault="00090482">
+      <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="432"/>
           <w:tab w:val="left" w:pos="864"/>
           <w:tab w:val="left" w:pos="1296"/>
           <w:tab w:val="left" w:pos="3828"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0"/>
         <w:ind w:left="426" w:hanging="426"/>
-        <w:jc w:val="both"/>
-[...30 lines deleted...]
-        <w:widowControl/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>4.4Tutti i concorrenti italiani dovranno essere in regola con il Tesseramento FIV per l’anno in corso con visita medica in corso di validità, della tessera AICL, del certificato di assicurazione per Responsabilità Civile della barca</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="1" w:name="_Hlk219533865"/>
+      <w:r w:rsidR="007B620F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF3AEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>I concorrenti non italiani dovranno essere in regola con quanto prescritto dalla propria Autorità Nazionale e avere certificato di assicurazione per Responsabilità Civile come da Normativa Attività Sportiva 2026.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="1"/>
+    </w:p>
+    <w:p w:rsidR="00470C5B" w:rsidRDefault="00470C5B">
+      <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="432"/>
           <w:tab w:val="left" w:pos="864"/>
           <w:tab w:val="left" w:pos="1296"/>
           <w:tab w:val="left" w:pos="3828"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="_30j0zll" w:colFirst="0" w:colLast="0"/>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
-    <w:p w14:paraId="1411D8A8" w14:textId="0A4A7245" w:rsidR="002A5FCB" w:rsidRPr="002A5FCB" w:rsidRDefault="002A5FCB" w:rsidP="002A5FCB">
-[...624 lines deleted...]
-        <w:widowControl/>
+    <w:p w:rsidR="00470C5B" w:rsidRDefault="00090482">
+      <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="432"/>
           <w:tab w:val="left" w:pos="864"/>
           <w:tab w:val="left" w:pos="1296"/>
           <w:tab w:val="left" w:pos="9000"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="002060"/>
         </w:rPr>
         <w:t>5. ISCRIZIONE</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55614249" w14:textId="77777777" w:rsidR="00470C5B" w:rsidRDefault="00090482">
-[...1 lines deleted...]
-        <w:widowControl/>
+    <w:p w:rsidR="00470C5B" w:rsidRPr="007B43C1" w:rsidRDefault="00090482" w:rsidP="007B43C1">
+      <w:pPr>
+        <w:pStyle w:val="Paragrafoelenco"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="432"/>
           <w:tab w:val="left" w:pos="864"/>
           <w:tab w:val="left" w:pos="1296"/>
           <w:tab w:val="left" w:pos="9000"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...16 lines deleted...]
-        <w:widowControl/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B43C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Le iscrizioni dovranno essere effettuate</w:t>
+      </w:r>
+      <w:r w:rsidR="00422FF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B43C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">attraverso </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B43C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>la Piattaforma Elettronica FIV entro le</w:t>
+      </w:r>
+      <w:r w:rsidR="00422FF7" w:rsidRPr="00422FF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B43C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ore </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007B43C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>XX,XX</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007B43C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> del XX/XX 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00280940">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00470C5B" w:rsidRPr="00280940" w:rsidRDefault="00090482" w:rsidP="007B43C1">
+      <w:pPr>
+        <w:pStyle w:val="Paragrafoelenco"/>
         <w:numPr>
-          <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="432"/>
           <w:tab w:val="left" w:pos="864"/>
           <w:tab w:val="left" w:pos="1296"/>
           <w:tab w:val="left" w:pos="9000"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...22 lines deleted...]
-      <w:r w:rsidRPr="00E60B1E">
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B43C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">La Segreteria di Regata aprirà alle </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B43C1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t>ore XX,XX del XX/XX 2023</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>ore XX:00 del XX/XX/202</w:t>
+      </w:r>
+      <w:r w:rsidR="00280940">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
-        </w:rPr>
-[...12 lines deleted...]
-        <w:widowControl/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B43C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00280940" w:rsidRPr="00280940" w:rsidRDefault="00280940" w:rsidP="00280940">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00280940">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Dovrà essere inviata, in un’unica mail al seguente indirizzo: email </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280940">
+        <w:rPr>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280940">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">indicando in oggetto “DOCUMENTI NUMERO VELICO”, la sotto elencata documentazione: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00280940" w:rsidRDefault="00280940" w:rsidP="00280940">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="15"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Ricevuta della</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA264A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> quota</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> di iscrizione; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00280940" w:rsidRDefault="00280940" w:rsidP="00280940">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="15"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Assicurazione RC con copertura minima come da Normativa FIV per l’Attività Sportiva Nazionale Organizzata in Italia 2025 (non necessaria per chi in possesso di tessera FIV Plus); </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00280940" w:rsidRDefault="00280940" w:rsidP="00280940">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Licenza FIV per la pubblicità (</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA264A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ove</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ricorra) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DE57E5" w:rsidRDefault="00DE57E5" w:rsidP="00DE57E5">
+      <w:pPr>
+        <w:pStyle w:val="Paragrafoelenco"/>
         <w:numPr>
-          <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="432"/>
           <w:tab w:val="left" w:pos="864"/>
           <w:tab w:val="left" w:pos="1296"/>
           <w:tab w:val="left" w:pos="9000"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...55 lines deleted...]
-      <w:r w:rsidRPr="00E60B1E">
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B43C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">La quota di iscrizione è di </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B43C1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t>XX.XX del XX/XX/2023</w:t>
-[...4 lines deleted...]
-        <w:widowControl/>
+        <w:t>€</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA264A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 00.00</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00470C5B" w:rsidRPr="007B43C1" w:rsidRDefault="00090482" w:rsidP="007B43C1">
+      <w:pPr>
+        <w:pStyle w:val="Paragrafoelenco"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="432"/>
           <w:tab w:val="left" w:pos="864"/>
           <w:tab w:val="left" w:pos="1296"/>
           <w:tab w:val="left" w:pos="9000"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...24 lines deleted...]
-        <w:widowControl/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B43C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Il </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA264A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>concorrente</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B43C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> che sottoscrive l’iscrizione non potrà essere sostituito durante la serie di regate.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00470C5B" w:rsidRDefault="00090482" w:rsidP="007B43C1">
+      <w:pPr>
+        <w:pStyle w:val="Paragrafoelenco"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="432"/>
           <w:tab w:val="left" w:pos="864"/>
           <w:tab w:val="left" w:pos="1296"/>
           <w:tab w:val="left" w:pos="9000"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...101 lines deleted...]
-      <w:r>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B43C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">I concorrenti minorenni dovranno inviare via </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C52B26">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>email</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B43C1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:hyperlink r:id="rId10">
         <w:proofErr w:type="spellStart"/>
-        <w:r w:rsidRPr="00E60B1E">
+        <w:r w:rsidRPr="007B43C1">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="FF0000"/>
             <w:highlight w:val="yellow"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>xxx@</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00E60B1E">
+      <w:r w:rsidRPr="007B43C1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:highlight w:val="yellow"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>XXX</w:t>
       </w:r>
+      <w:r w:rsidRPr="007B43C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>il</w:t>
+      </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="007B43C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> modulo di iscrizione firmato in calce dal genitore, tutore o “P</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B43C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ersona di Supporto” </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B43C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">che, durante la manifestazione, si assume la responsabilità di farlo </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA264A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B43C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">egatare. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DE57E5" w:rsidRDefault="00DE57E5" w:rsidP="00DE57E5">
+      <w:pPr>
+        <w:pStyle w:val="Paragrafoelenco"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="9000"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476495">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Chi avrà effettuato</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA264A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> correttamente</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00476495">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> l'iscrizione tramite Piattaforma Elettronica </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00476495">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>FIV  e</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00476495">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> inviato tutta la documentazione richiesta</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA264A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (come indicato al punto 5.2),</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00476495">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> non </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA264A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>dovrà p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00476495">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>resentare</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA264A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> altra documentazione</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00476495">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00280940" w:rsidRPr="00DE57E5" w:rsidRDefault="00280940" w:rsidP="00280940">
+      <w:pPr>
+        <w:pStyle w:val="Paragrafoelenco"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9000"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_1fob9te" w:colFirst="0" w:colLast="0"/>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r w:rsidRPr="00476495">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">LE </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>BARCHE</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00476495">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> DOVRANNO </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>REGATA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00476495">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>RE CON IL NUMERO VELICO UTILIZZATO</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ALL’ATTO DELL’ISCRIZIONE</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00476495">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. NON SARANNO ACCETTATI CAMBI DI NUMERO VELICO SE NON </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">MOTIVATI E APPROVATI DAL </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA264A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>R</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DE57E5" w:rsidRPr="00DE57E5" w:rsidRDefault="00DE57E5" w:rsidP="00DE57E5">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9000"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00470C5B" w:rsidRDefault="00090482">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000080"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="002060"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>6. PUBBLICITA’</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00470C5B" w:rsidRDefault="00090482">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>6.1  La</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pubblicità è libera per la Classe ILCA 7 e ILCA 6 Femminile.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00470C5B" w:rsidRDefault="00090482">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>6.2  Per</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> le Classi ILCA 6 Maschile e ILCA 4 la pubblicità è libera come da Regole di Classe. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00470C5B" w:rsidRDefault="00090482">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>6.3 Alle barche potrà essere richiesto di esporre pubblicità scelta o fornita dall’autorità organizzatrice nei limiti previsti dall</w:t>
+      </w:r>
+      <w:r w:rsidR="00A27FB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>’</w:t>
+      </w:r>
+      <w:r w:rsidR="00A27FB1" w:rsidRPr="00A27FB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Advertising Code</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> WS. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00470C5B" w:rsidRDefault="00090482">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6.4 Le </w:t>
+      </w:r>
+      <w:r w:rsidR="00F74783">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>barche</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> che espongono pubblicità individuale dovranno essere in possesso della licenza FIV in corso di validità. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006328CF" w:rsidRDefault="006328CF">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
           <w:color w:val="FF0000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...26 lines deleted...]
-        <w:widowControl/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006328CF" w:rsidRDefault="006328CF" w:rsidP="006328CF">
+      <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="432"/>
           <w:tab w:val="left" w:pos="864"/>
           <w:tab w:val="left" w:pos="1296"/>
-          <w:tab w:val="left" w:pos="9000"/>
+          <w:tab w:val="left" w:pos="2880"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="002060"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="002060"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7. FORMATO DELLA REGATA </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006328CF" w:rsidRDefault="006328CF" w:rsidP="006328CF">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>7.1 Le regate si disputeranno in 3 Flotte</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006328CF" w:rsidRDefault="006328CF" w:rsidP="006328CF">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0"/>
         <w:ind w:left="426" w:hanging="426"/>
-        <w:jc w:val="both"/>
-[...39 lines deleted...]
-        <w:widowControl/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>7.2 Le tre flotte regateranno separatamente e potranno essere suddivise in batterie secondo Normativa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006328CF" w:rsidRPr="00BD70E4" w:rsidRDefault="006328CF" w:rsidP="006328CF">
+      <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="432"/>
           <w:tab w:val="left" w:pos="864"/>
           <w:tab w:val="left" w:pos="1296"/>
-          <w:tab w:val="left" w:pos="9000"/>
+          <w:tab w:val="left" w:pos="2880"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...28 lines deleted...]
-      <w:r>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD70E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+        </w:rPr>
+        <w:t>.1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD70E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Il programma prevede 6 (sei) prove in totale, con un massimo di 3 prove al giorno.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00470C5B" w:rsidRDefault="00090482">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="002060"/>
         </w:rPr>
-        <w:t>6. PUBBLICITA’</w:t>
-[...169 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D55B275" w14:textId="77777777" w:rsidR="00470C5B" w:rsidRDefault="00090482">
-[...1 lines deleted...]
-        <w:widowControl/>
+    <w:p w:rsidR="00470C5B" w:rsidRDefault="006328CF">
+      <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="432"/>
           <w:tab w:val="left" w:pos="864"/>
           <w:tab w:val="left" w:pos="1296"/>
           <w:tab w:val="left" w:pos="3828"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="002060"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="002060"/>
         </w:rPr>
-        <w:t>7. PROGRAMMA DELLA REGATA</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="00090482">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="002060"/>
         </w:rPr>
+        <w:t>. PROGRAMMA DELLA REGATA</w:t>
+      </w:r>
+      <w:r w:rsidR="00090482">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="002060"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC2652" w:rsidRDefault="00AC2652">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="3828"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="002060"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a0"/>
         <w:tblW w:w="9060" w:type="dxa"/>
         <w:tblInd w:w="175" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0400" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1696"/>
         <w:gridCol w:w="2551"/>
         <w:gridCol w:w="4813"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00470C5B" w14:paraId="409B29ED" w14:textId="77777777">
+      <w:tr w:rsidR="00470C5B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1696" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3BAC0C91" w14:textId="77777777" w:rsidR="00470C5B" w:rsidRDefault="00090482">
+          <w:p w:rsidR="00470C5B" w:rsidRDefault="00090482">
             <w:pPr>
-              <w:widowControl/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="432"/>
                 <w:tab w:val="left" w:pos="864"/>
                 <w:tab w:val="left" w:pos="1296"/>
                 <w:tab w:val="left" w:pos="3828"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>DATA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="526AFD40" w14:textId="77777777" w:rsidR="00470C5B" w:rsidRDefault="00090482">
+          <w:p w:rsidR="00470C5B" w:rsidRDefault="00090482">
             <w:pPr>
-              <w:widowControl/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="432"/>
                 <w:tab w:val="left" w:pos="864"/>
                 <w:tab w:val="left" w:pos="1296"/>
                 <w:tab w:val="left" w:pos="3828"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>ORA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4813" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6D8273A3" w14:textId="77777777" w:rsidR="00470C5B" w:rsidRDefault="00090482">
+          <w:p w:rsidR="00470C5B" w:rsidRDefault="00090482">
             <w:pPr>
-              <w:widowControl/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="432"/>
                 <w:tab w:val="left" w:pos="864"/>
                 <w:tab w:val="left" w:pos="1296"/>
                 <w:tab w:val="left" w:pos="3828"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>EVENTO</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00470C5B" w14:paraId="189C6ED6" w14:textId="77777777">
+      <w:tr w:rsidR="00470C5B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1696" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1BA450BA" w14:textId="22556EBF" w:rsidR="00470C5B" w:rsidRPr="005729AA" w:rsidRDefault="00090482">
+          <w:p w:rsidR="00470C5B" w:rsidRPr="00226DCA" w:rsidRDefault="00090482">
             <w:pPr>
-              <w:widowControl/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="432"/>
                 <w:tab w:val="left" w:pos="864"/>
                 <w:tab w:val="left" w:pos="1296"/>
                 <w:tab w:val="left" w:pos="3828"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="0070C0"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005729AA">
+            <w:r w:rsidRPr="00226DCA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="0070C0"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>XX/XX/202</w:t>
             </w:r>
-            <w:r w:rsidR="002A0497" w:rsidRPr="005729AA">
+            <w:r w:rsidR="00F41BB3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="0070C0"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
-              <w:t>4</w:t>
-[...6 lines deleted...]
-              <w:t xml:space="preserve">               </w:t>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="09B9AB11" w14:textId="77777777" w:rsidR="00470C5B" w:rsidRPr="005729AA" w:rsidRDefault="00090482">
+          <w:p w:rsidR="00470C5B" w:rsidRPr="004E2E2D" w:rsidRDefault="00090482">
             <w:pPr>
-              <w:widowControl/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="432"/>
                 <w:tab w:val="left" w:pos="864"/>
                 <w:tab w:val="left" w:pos="1296"/>
                 <w:tab w:val="left" w:pos="3828"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
+              <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="0070C0"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005729AA">
+            <w:r w:rsidRPr="004E2E2D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="0070C0"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00:00</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="32E46732" w14:textId="77777777" w:rsidR="00470C5B" w:rsidRPr="005729AA" w:rsidRDefault="00090482">
+          <w:p w:rsidR="00470C5B" w:rsidRPr="004E2E2D" w:rsidRDefault="00090482">
             <w:pPr>
-              <w:widowControl/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="432"/>
                 <w:tab w:val="left" w:pos="864"/>
                 <w:tab w:val="left" w:pos="1296"/>
                 <w:tab w:val="left" w:pos="3828"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
+              <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="0070C0"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005729AA">
+            <w:r w:rsidRPr="004E2E2D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="0070C0"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00:00</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7F57AF98" w14:textId="77777777" w:rsidR="00470C5B" w:rsidRPr="005729AA" w:rsidRDefault="00090482">
+          <w:p w:rsidR="00470C5B" w:rsidRPr="002A0497" w:rsidRDefault="00090482">
             <w:pPr>
-              <w:widowControl/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="432"/>
                 <w:tab w:val="left" w:pos="864"/>
                 <w:tab w:val="left" w:pos="1296"/>
                 <w:tab w:val="left" w:pos="3828"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
+              <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="0070C0"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005729AA">
+            <w:r w:rsidRPr="004E2E2D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="0070C0"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00:00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4813" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61F85087" w14:textId="77777777" w:rsidR="00470C5B" w:rsidRPr="005729AA" w:rsidRDefault="00090482">
+          <w:p w:rsidR="00470C5B" w:rsidRPr="002A0497" w:rsidRDefault="00090482">
             <w:pPr>
-              <w:widowControl/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="432"/>
                 <w:tab w:val="left" w:pos="864"/>
                 <w:tab w:val="left" w:pos="1296"/>
                 <w:tab w:val="left" w:pos="3828"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
+              <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="0070C0"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005729AA">
+            <w:r w:rsidRPr="002A0497">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="0070C0"/>
               </w:rPr>
               <w:t>Perfezionamento Iscrizioni</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0E36440E" w14:textId="77777777" w:rsidR="00470C5B" w:rsidRPr="005729AA" w:rsidRDefault="00090482">
+          <w:p w:rsidR="00470C5B" w:rsidRPr="002A0497" w:rsidRDefault="00090482">
             <w:pPr>
-              <w:widowControl/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="432"/>
                 <w:tab w:val="left" w:pos="864"/>
                 <w:tab w:val="left" w:pos="1296"/>
                 <w:tab w:val="left" w:pos="3828"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
+              <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="0070C0"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005729AA">
+            <w:r w:rsidRPr="002A0497">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="0070C0"/>
               </w:rPr>
               <w:t xml:space="preserve">Coaches Meeting </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="52DD8DF9" w14:textId="77777777" w:rsidR="00470C5B" w:rsidRPr="005729AA" w:rsidRDefault="00090482">
+          <w:p w:rsidR="00470C5B" w:rsidRPr="002A0497" w:rsidRDefault="00090482">
             <w:pPr>
-              <w:widowControl/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="432"/>
                 <w:tab w:val="left" w:pos="864"/>
                 <w:tab w:val="left" w:pos="1296"/>
                 <w:tab w:val="left" w:pos="3828"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
+              <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="0070C0"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005729AA">
+            <w:r w:rsidRPr="002A0497">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="0070C0"/>
               </w:rPr>
               <w:t xml:space="preserve">Segnale di Avviso 1ª Prova </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00470C5B" w14:paraId="50368292" w14:textId="77777777">
+      <w:tr w:rsidR="00470C5B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1696" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4454D85D" w14:textId="38A28A0C" w:rsidR="00470C5B" w:rsidRPr="005729AA" w:rsidRDefault="00090482">
+          <w:p w:rsidR="00470C5B" w:rsidRPr="00226DCA" w:rsidRDefault="00090482">
             <w:pPr>
-              <w:widowControl/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="432"/>
                 <w:tab w:val="left" w:pos="864"/>
                 <w:tab w:val="left" w:pos="1296"/>
                 <w:tab w:val="left" w:pos="3828"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="0070C0"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005729AA">
+            <w:r w:rsidRPr="00226DCA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="0070C0"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>XX/XX/202</w:t>
             </w:r>
-            <w:r w:rsidR="002A0497" w:rsidRPr="005729AA">
+            <w:r w:rsidR="00F41BB3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="0070C0"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>6</w:t>
             </w:r>
-            <w:r w:rsidRPr="005729AA">
-[...5 lines deleted...]
-            </w:r>
+            <w:bookmarkStart w:id="4" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="4"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="05FD52B6" w14:textId="77777777" w:rsidR="00470C5B" w:rsidRPr="005729AA" w:rsidRDefault="00090482">
+          <w:p w:rsidR="00470C5B" w:rsidRPr="002A0497" w:rsidRDefault="00090482">
             <w:pPr>
-              <w:widowControl/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="432"/>
                 <w:tab w:val="left" w:pos="864"/>
                 <w:tab w:val="left" w:pos="1296"/>
                 <w:tab w:val="left" w:pos="3828"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0"/>
               <w:ind w:left="28"/>
-              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="0070C0"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005729AA">
+            <w:r w:rsidRPr="002A0497">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="0070C0"/>
               </w:rPr>
               <w:t>Da definire</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4813" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="625ACB4F" w14:textId="77777777" w:rsidR="00470C5B" w:rsidRPr="005729AA" w:rsidRDefault="00090482">
+          <w:p w:rsidR="00470C5B" w:rsidRPr="002A0497" w:rsidRDefault="00090482">
             <w:pPr>
-              <w:widowControl/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="432"/>
                 <w:tab w:val="left" w:pos="864"/>
                 <w:tab w:val="left" w:pos="1296"/>
                 <w:tab w:val="left" w:pos="3828"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
+              <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="0070C0"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005729AA">
+            <w:r w:rsidRPr="002A0497">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="0070C0"/>
               </w:rPr>
-              <w:t>Regate – Premiazione al termine</w:t>
+              <w:t xml:space="preserve">Regate </w:t>
+            </w:r>
+            <w:r w:rsidR="009F7514">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A0497">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Premiazione al termine</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="563BF1F4" w14:textId="77777777" w:rsidR="00470C5B" w:rsidRDefault="00470C5B">
-[...1 lines deleted...]
-        <w:widowControl/>
+    <w:p w:rsidR="00470C5B" w:rsidRDefault="00470C5B">
+      <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="432"/>
           <w:tab w:val="left" w:pos="864"/>
           <w:tab w:val="left" w:pos="1296"/>
           <w:tab w:val="left" w:pos="3828"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0"/>
         <w:ind w:left="284"/>
-        <w:jc w:val="both"/>
-[...8 lines deleted...]
-        <w:widowControl/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00470C5B" w:rsidRPr="00226DCA" w:rsidRDefault="006328CF">
+      <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="432"/>
           <w:tab w:val="left" w:pos="864"/>
           <w:tab w:val="left" w:pos="1296"/>
           <w:tab w:val="left" w:pos="2880"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-          <w:highlight w:val="white"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
-          <w:highlight w:val="white"/>
-[...52 lines deleted...]
-      <w:r w:rsidRPr="00AC0B15">
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="00090482">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD70E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00090482">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Nessun segnale di Avviso sarà dato dopo le ore </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00090482" w:rsidRPr="00AC0B15">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t>XX</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00AC0B15">
+        <w:t>XX:XX</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00FA2655">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t>:</w:t>
-[...162 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00226DCA">
+      <w:r w:rsidR="00090482">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">dell’ultimo giorno di regata ad eccezione di quella/e </w:t>
+      </w:r>
+      <w:r w:rsidR="00C52041">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>flott</w:t>
+      </w:r>
+      <w:r w:rsidR="00090482">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a/e che </w:t>
+      </w:r>
+      <w:r w:rsidR="00C52041">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>regat</w:t>
+      </w:r>
+      <w:r w:rsidR="00090482">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">erà/anno con il sistema a batteria e per il quale, se una batteria parte entro le </w:t>
+      </w:r>
+      <w:r w:rsidR="00090482" w:rsidRPr="00226DCA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>XX:XX</w:t>
       </w:r>
-      <w:r w:rsidRPr="00226DCA">
-[...15 lines deleted...]
-      <w:r w:rsidRPr="00226DCA">
+      <w:r w:rsidR="00C52041">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t>XX:XX</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00226DCA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00090482" w:rsidRPr="00226DCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">l'ultima batteria dovrà partire entro i 30 minuti successivi (e comunque non oltre le </w:t>
+      </w:r>
+      <w:r w:rsidR="00090482" w:rsidRPr="00226DCA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>XX:XX</w:t>
+      </w:r>
+      <w:r w:rsidR="00090482" w:rsidRPr="00226DCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13607C33" w14:textId="77777777" w:rsidR="00470C5B" w:rsidRDefault="00470C5B">
-[...125 lines deleted...]
-        <w:widowControl/>
+    <w:p w:rsidR="00470C5B" w:rsidRDefault="00470C5B">
+      <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="432"/>
           <w:tab w:val="left" w:pos="864"/>
           <w:tab w:val="left" w:pos="1296"/>
           <w:tab w:val="left" w:pos="3969"/>
           <w:tab w:val="left" w:pos="4111"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="002060"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6EB7975D" w14:textId="77777777" w:rsidR="00470C5B" w:rsidRDefault="00090482">
-[...1 lines deleted...]
-        <w:widowControl/>
+    <w:p w:rsidR="00470C5B" w:rsidRDefault="00090482">
+      <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="432"/>
           <w:tab w:val="left" w:pos="864"/>
           <w:tab w:val="left" w:pos="1296"/>
           <w:tab w:val="left" w:pos="3969"/>
           <w:tab w:val="left" w:pos="4111"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="002060"/>
         </w:rPr>
-        <w:t xml:space="preserve">9. [DP] ISPEZIONE DELLE ATTREZZATURE </w:t>
-[...50 lines deleted...]
-        <w:t xml:space="preserve">9.2 Tutti i concorrenti debbono utilizzare solo uno scafo, una vela, albero, boma, deriva e timone che possono essere identificati durante le stazze. Non è possibile cambiare attrezzatura durante la manifestazione, a meno che non sia preventivamente autorizzato dal </w:t>
+        <w:t>9. [DP]</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE57E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="002060"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> [NP]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="002060"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ATTREZZATURE </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC2652" w:rsidRPr="00AC2652" w:rsidRDefault="00090482" w:rsidP="00AC2652">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9.1 </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC2652" w:rsidRPr="00AC2652">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tutte le </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC2652">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>barche</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC2652" w:rsidRPr="00AC2652">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> devono avere una targa W</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC2652">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC2652" w:rsidRPr="00AC2652">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> valida, fissata in conformità con</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00470C5B" w:rsidRDefault="00AC2652" w:rsidP="00AC2652">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="426"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC2652">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>le regole di classe ILCA, sulla parte poppiera del pozzetto.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C52041" w:rsidRPr="00C52041" w:rsidRDefault="00C52041" w:rsidP="00C52041">
+      <w:pPr>
+        <w:pStyle w:val="Paragrafoelenco"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:vanish/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C52041" w:rsidRPr="00C52041" w:rsidRDefault="00C52041" w:rsidP="00C52041">
+      <w:pPr>
+        <w:pStyle w:val="Paragrafoelenco"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:vanish/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C52041" w:rsidRPr="00C52041" w:rsidRDefault="00C52041" w:rsidP="00C52041">
+      <w:pPr>
+        <w:pStyle w:val="Paragrafoelenco"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:vanish/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C52041" w:rsidRPr="00C52041" w:rsidRDefault="00C52041" w:rsidP="00C52041">
+      <w:pPr>
+        <w:pStyle w:val="Paragrafoelenco"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:vanish/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C52041" w:rsidRPr="00C52041" w:rsidRDefault="00C52041" w:rsidP="00C52041">
+      <w:pPr>
+        <w:pStyle w:val="Paragrafoelenco"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:vanish/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C52041" w:rsidRPr="00C52041" w:rsidRDefault="00C52041" w:rsidP="00C52041">
+      <w:pPr>
+        <w:pStyle w:val="Paragrafoelenco"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:vanish/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C52041" w:rsidRPr="00C52041" w:rsidRDefault="00C52041" w:rsidP="00C52041">
+      <w:pPr>
+        <w:pStyle w:val="Paragrafoelenco"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:vanish/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C52041" w:rsidRPr="00C52041" w:rsidRDefault="00C52041" w:rsidP="00C52041">
+      <w:pPr>
+        <w:pStyle w:val="Paragrafoelenco"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:vanish/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C52041" w:rsidRPr="00C52041" w:rsidRDefault="00C52041" w:rsidP="00C52041">
+      <w:pPr>
+        <w:pStyle w:val="Paragrafoelenco"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:vanish/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DE57E5" w:rsidRDefault="00DE57E5" w:rsidP="00C52041">
+      <w:pPr>
+        <w:pStyle w:val="Paragrafoelenco"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:ind w:left="426"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D577C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tutti i concorrenti devono utilizzare solo uno scafo, una vela, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">un </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D577C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">albero, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">un </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D577C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">boma, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">una </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D577C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">deriva e </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">un </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D577C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>timone che possono essere identificati durante le</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> operazioni di</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D577C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> stazz</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D577C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Non è possibile </w:t>
+      </w:r>
+      <w:r w:rsidR="00C52041">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>sostitui</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D577C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">re attrezzatura durante ogni singola serie di regate. Eventuali </w:t>
+      </w:r>
+      <w:r w:rsidR="00C52041">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>sostituzioni per rotture o danni, potr</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D577C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">anno essere autorizzati dal CT o, in sua assenza, dal </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
+      <w:r w:rsidRPr="007D577C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>CdR</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">. Ogni eventuale controllo sarà effettuato tenendo conto del vigente regolamento alle stazze per la Classe ILCA. </w:t>
-[...103 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D577C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">previa verifica </w:t>
+      </w:r>
+      <w:r w:rsidR="00C52041">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">di tali attrezzature, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>da parte degli stessi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DE57E5" w:rsidRDefault="00DE57E5" w:rsidP="00DE57E5">
+      <w:pPr>
+        <w:pStyle w:val="Paragrafoelenco"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:ind w:left="426"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D577C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Per la Classe ILCA 7 è consentito l’uso della vela Mark II. Tutte le </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>barche</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D577C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> armate con la vela tradizionale o la vela Mark II costituiranno una unica flotta.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DE57E5" w:rsidRDefault="00DE57E5" w:rsidP="00DE57E5">
+      <w:pPr>
+        <w:pStyle w:val="Paragrafoelenco"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:ind w:left="426"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D577C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Tutte le vele dovranno riportare il n</w:t>
+      </w:r>
+      <w:r w:rsidR="00C52041">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">umero </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D577C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>velico completo composto da 6 (sei) cifre), conformi a quanto indicato nel</w:t>
+      </w:r>
+      <w:r w:rsidR="00C52041">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>le</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D577C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Regole di Classe.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DE57E5" w:rsidRDefault="00DE57E5" w:rsidP="00DE57E5">
+      <w:pPr>
+        <w:pStyle w:val="Paragrafoelenco"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="426"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D577C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Le concorrenti femmine dovranno esporre un rombo rosso di 240x180mm su ciascuna parte della vela come da Regola di Classe 4(g).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DE57E5" w:rsidRDefault="00DE57E5" w:rsidP="00DE57E5">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00470C5B" w:rsidRDefault="00090482">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000080"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000080"/>
-          <w:sz w:val="20"/>
-[...25 lines deleted...]
-          <w:color w:val="000080"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="002060"/>
         </w:rPr>
         <w:t>0. SEDE DELL’EVENTO</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38CA3B36" w14:textId="57F53D16" w:rsidR="00470C5B" w:rsidRPr="001E0804" w:rsidRDefault="00090482">
-[...9 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00470C5B" w:rsidRDefault="00090482">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0"/>
         <w:ind w:left="426"/>
-        <w:jc w:val="both"/>
-[...10 lines deleted...]
-      <w:r w:rsidRPr="001E0804">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t>antistante il XXX</w:t>
-[...13 lines deleted...]
-        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF403B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>La regata si svolgerà nello specchio acqueo antistante il XXX</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007F2621" w:rsidRDefault="007F2621">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="426"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00470C5B" w:rsidRDefault="00090482">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="002060"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...11 lines deleted...]
-        <w:jc w:val="both"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="002060"/>
         </w:rPr>
-      </w:pPr>
-[...5 lines deleted...]
-        </w:rPr>
         <w:t>11. PERCORSI</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="431122C7" w14:textId="7BA7F73F" w:rsidR="0076040F" w:rsidRDefault="00090482" w:rsidP="00DC5A67">
-[...1 lines deleted...]
-        <w:widowControl/>
+    <w:p w:rsidR="0076040F" w:rsidRDefault="00090482" w:rsidP="00AC2652">
+      <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="432"/>
           <w:tab w:val="left" w:pos="864"/>
           <w:tab w:val="left" w:pos="1296"/>
           <w:tab w:val="left" w:pos="3969"/>
           <w:tab w:val="left" w:pos="4111"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
+        <w:spacing w:after="0"/>
+        <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>11.1Saranno adottati i percorsi</w:t>
       </w:r>
-      <w:r w:rsidR="00DC5A67">
-[...16 lines deleted...]
-        <w:widowControl/>
+      <w:r w:rsidR="00AC2652">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> come da Normativa di Classe, di seguito riportati.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC2652" w:rsidRDefault="00AC2652" w:rsidP="000A7B60">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:before="4"/>
+        <w:ind w:left="567" w:right="113" w:hanging="567"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>11.1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE57E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>I diagrammi mostrano i percorsi (indicativi, non in scala), l’ordine secondo il quale le boe devono essere passate ed il lato dal quale ogni boa deve essere lasciata.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC2652" w:rsidRPr="00DE57E5" w:rsidRDefault="00AC2652" w:rsidP="000A7B60">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:before="4"/>
+        <w:ind w:left="567" w:right="116" w:hanging="573"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">11.2 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE57E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Prima del segnale di </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE57E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>vviso</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>, se possibile,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE57E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> il </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DE57E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>CdR</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DE57E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> esporrà i gradi bussola per la </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">direttrice della </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE57E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>boa 1.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A71BE2" w:rsidRDefault="00A71BE2" w:rsidP="00DC5A67">
+      <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="432"/>
           <w:tab w:val="left" w:pos="864"/>
           <w:tab w:val="left" w:pos="1296"/>
           <w:tab w:val="left" w:pos="3969"/>
           <w:tab w:val="left" w:pos="4111"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...9 lines deleted...]
-        <w:widowControl/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A71BE2" w:rsidRDefault="00A71BE2" w:rsidP="00DC5A67">
+      <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="432"/>
           <w:tab w:val="left" w:pos="864"/>
           <w:tab w:val="left" w:pos="1296"/>
           <w:tab w:val="left" w:pos="3969"/>
           <w:tab w:val="left" w:pos="4111"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...9 lines deleted...]
-        <w:widowControl/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00226DCA" w:rsidRDefault="00DE57E5" w:rsidP="00DC5A67">
+      <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="432"/>
           <w:tab w:val="left" w:pos="864"/>
           <w:tab w:val="left" w:pos="1296"/>
           <w:tab w:val="left" w:pos="3969"/>
           <w:tab w:val="left" w:pos="4111"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...9 lines deleted...]
-        <w:widowControl/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="5" w:name="_Toc214450494"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:b/>
+          <w:noProof/>
+          <w:color w:val="0F243E" w:themeColor="text2" w:themeShade="80"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="765C376C" wp14:editId="4AC7280A">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="margin">
+              <wp:posOffset>80010</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>-38100</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="5779499" cy="4343400"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:wrapNone/>
+            <wp:docPr id="145" name="Immagine 145"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Percorsi CICO 2022 UNO.jpg"/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill rotWithShape="1">
+                    <a:blip r:embed="rId11" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect b="57480"/>
+                    <a:stretch/>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="5779499" cy="4343400"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                    <a:extLst>
+                      <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
+                        <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                      </a:ext>
+                    </a:extLst>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+            <wp14:sizeRelH relativeFrom="margin">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="margin">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+      <w:bookmarkEnd w:id="5"/>
+    </w:p>
+    <w:p w:rsidR="00226DCA" w:rsidRDefault="00226DCA" w:rsidP="00DC5A67">
+      <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="432"/>
           <w:tab w:val="left" w:pos="864"/>
           <w:tab w:val="left" w:pos="1296"/>
           <w:tab w:val="left" w:pos="3969"/>
           <w:tab w:val="left" w:pos="4111"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...8694 lines deleted...]
-        <w:widowControl/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00226DCA" w:rsidRDefault="00226DCA" w:rsidP="00DC5A67">
+      <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="432"/>
           <w:tab w:val="left" w:pos="864"/>
           <w:tab w:val="left" w:pos="1296"/>
           <w:tab w:val="left" w:pos="3969"/>
           <w:tab w:val="left" w:pos="4111"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...9 lines deleted...]
-        <w:widowControl/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00226DCA" w:rsidRDefault="00226DCA" w:rsidP="00DC5A67">
+      <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="432"/>
           <w:tab w:val="left" w:pos="864"/>
           <w:tab w:val="left" w:pos="1296"/>
           <w:tab w:val="left" w:pos="3969"/>
           <w:tab w:val="left" w:pos="4111"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...9 lines deleted...]
-        <w:widowControl/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00226DCA" w:rsidRDefault="00226DCA" w:rsidP="00DC5A67">
+      <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="432"/>
           <w:tab w:val="left" w:pos="864"/>
           <w:tab w:val="left" w:pos="1296"/>
           <w:tab w:val="left" w:pos="3969"/>
           <w:tab w:val="left" w:pos="4111"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...9 lines deleted...]
-        <w:widowControl/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00226DCA" w:rsidRDefault="00226DCA" w:rsidP="00DC5A67">
+      <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="432"/>
           <w:tab w:val="left" w:pos="864"/>
           <w:tab w:val="left" w:pos="1296"/>
           <w:tab w:val="left" w:pos="3969"/>
           <w:tab w:val="left" w:pos="4111"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...9 lines deleted...]
-        <w:widowControl/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00226DCA" w:rsidRDefault="00226DCA" w:rsidP="00DC5A67">
+      <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="432"/>
           <w:tab w:val="left" w:pos="864"/>
           <w:tab w:val="left" w:pos="1296"/>
           <w:tab w:val="left" w:pos="3969"/>
           <w:tab w:val="left" w:pos="4111"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...9 lines deleted...]
-        <w:widowControl/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00226DCA" w:rsidRDefault="00226DCA" w:rsidP="00DC5A67">
+      <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="432"/>
           <w:tab w:val="left" w:pos="864"/>
           <w:tab w:val="left" w:pos="1296"/>
           <w:tab w:val="left" w:pos="3969"/>
           <w:tab w:val="left" w:pos="4111"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...9 lines deleted...]
-        <w:widowControl/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00226DCA" w:rsidRDefault="00226DCA" w:rsidP="00DC5A67">
+      <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="432"/>
           <w:tab w:val="left" w:pos="864"/>
           <w:tab w:val="left" w:pos="1296"/>
           <w:tab w:val="left" w:pos="3969"/>
           <w:tab w:val="left" w:pos="4111"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...9 lines deleted...]
-        <w:widowControl/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00226DCA" w:rsidRDefault="00226DCA" w:rsidP="00DC5A67">
+      <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="432"/>
           <w:tab w:val="left" w:pos="864"/>
           <w:tab w:val="left" w:pos="1296"/>
           <w:tab w:val="left" w:pos="3969"/>
           <w:tab w:val="left" w:pos="4111"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...9 lines deleted...]
-        <w:widowControl/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00226DCA" w:rsidRDefault="00226DCA" w:rsidP="00DC5A67">
+      <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="432"/>
           <w:tab w:val="left" w:pos="864"/>
           <w:tab w:val="left" w:pos="1296"/>
           <w:tab w:val="left" w:pos="3969"/>
           <w:tab w:val="left" w:pos="4111"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...9 lines deleted...]
-        <w:widowControl/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00226DCA" w:rsidRDefault="00226DCA" w:rsidP="00DC5A67">
+      <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="432"/>
           <w:tab w:val="left" w:pos="864"/>
           <w:tab w:val="left" w:pos="1296"/>
           <w:tab w:val="left" w:pos="3969"/>
           <w:tab w:val="left" w:pos="4111"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...9 lines deleted...]
-        <w:widowControl/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00226DCA" w:rsidRDefault="00226DCA" w:rsidP="00DC5A67">
+      <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="432"/>
           <w:tab w:val="left" w:pos="864"/>
           <w:tab w:val="left" w:pos="1296"/>
           <w:tab w:val="left" w:pos="3969"/>
           <w:tab w:val="left" w:pos="4111"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...9 lines deleted...]
-        <w:widowControl/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00226DCA" w:rsidRDefault="00226DCA" w:rsidP="00DC5A67">
+      <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="432"/>
           <w:tab w:val="left" w:pos="864"/>
           <w:tab w:val="left" w:pos="1296"/>
           <w:tab w:val="left" w:pos="3969"/>
           <w:tab w:val="left" w:pos="4111"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...9 lines deleted...]
-        <w:widowControl/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00226DCA" w:rsidRDefault="00226DCA" w:rsidP="00DC5A67">
+      <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="432"/>
           <w:tab w:val="left" w:pos="864"/>
           <w:tab w:val="left" w:pos="1296"/>
           <w:tab w:val="left" w:pos="3969"/>
           <w:tab w:val="left" w:pos="4111"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...9 lines deleted...]
-        <w:widowControl/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00226DCA" w:rsidRDefault="00226DCA" w:rsidP="00DC5A67">
+      <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="432"/>
           <w:tab w:val="left" w:pos="864"/>
           <w:tab w:val="left" w:pos="1296"/>
           <w:tab w:val="left" w:pos="3969"/>
           <w:tab w:val="left" w:pos="4111"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...9 lines deleted...]
-        <w:widowControl/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00226DCA" w:rsidRDefault="00226DCA" w:rsidP="00DC5A67">
+      <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="432"/>
           <w:tab w:val="left" w:pos="864"/>
           <w:tab w:val="left" w:pos="1296"/>
           <w:tab w:val="left" w:pos="3969"/>
           <w:tab w:val="left" w:pos="4111"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...9 lines deleted...]
-        <w:widowControl/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00226DCA" w:rsidRDefault="00226DCA" w:rsidP="00DC5A67">
+      <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="432"/>
           <w:tab w:val="left" w:pos="864"/>
           <w:tab w:val="left" w:pos="1296"/>
           <w:tab w:val="left" w:pos="3969"/>
           <w:tab w:val="left" w:pos="4111"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...9 lines deleted...]
-        <w:widowControl/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00226DCA" w:rsidRDefault="00226DCA" w:rsidP="00DC5A67">
+      <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="432"/>
           <w:tab w:val="left" w:pos="864"/>
           <w:tab w:val="left" w:pos="1296"/>
           <w:tab w:val="left" w:pos="3969"/>
           <w:tab w:val="left" w:pos="4111"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...9 lines deleted...]
-        <w:widowControl/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00226DCA" w:rsidRDefault="00226DCA" w:rsidP="00DC5A67">
+      <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="432"/>
           <w:tab w:val="left" w:pos="864"/>
           <w:tab w:val="left" w:pos="1296"/>
           <w:tab w:val="left" w:pos="3969"/>
           <w:tab w:val="left" w:pos="4111"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...9 lines deleted...]
-        <w:widowControl/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00226DCA" w:rsidRDefault="00226DCA" w:rsidP="00DC5A67">
+      <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="432"/>
           <w:tab w:val="left" w:pos="864"/>
           <w:tab w:val="left" w:pos="1296"/>
           <w:tab w:val="left" w:pos="3969"/>
           <w:tab w:val="left" w:pos="4111"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...9 lines deleted...]
-        <w:widowControl/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00226DCA" w:rsidRDefault="00226DCA" w:rsidP="00DC5A67">
+      <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="432"/>
           <w:tab w:val="left" w:pos="864"/>
           <w:tab w:val="left" w:pos="1296"/>
           <w:tab w:val="left" w:pos="3969"/>
           <w:tab w:val="left" w:pos="4111"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...9 lines deleted...]
-        <w:widowControl/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00226DCA" w:rsidRDefault="00226DCA" w:rsidP="00DC5A67">
+      <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="432"/>
           <w:tab w:val="left" w:pos="864"/>
           <w:tab w:val="left" w:pos="1296"/>
           <w:tab w:val="left" w:pos="3969"/>
           <w:tab w:val="left" w:pos="4111"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...9 lines deleted...]
-        <w:widowControl/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00226DCA" w:rsidRDefault="00226DCA" w:rsidP="00DC5A67">
+      <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="432"/>
           <w:tab w:val="left" w:pos="864"/>
           <w:tab w:val="left" w:pos="1296"/>
           <w:tab w:val="left" w:pos="3969"/>
           <w:tab w:val="left" w:pos="4111"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...9 lines deleted...]
-        <w:widowControl/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00226DCA" w:rsidRDefault="00226DCA" w:rsidP="00DC5A67">
+      <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="432"/>
           <w:tab w:val="left" w:pos="864"/>
           <w:tab w:val="left" w:pos="1296"/>
           <w:tab w:val="left" w:pos="3969"/>
           <w:tab w:val="left" w:pos="4111"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...9 lines deleted...]
-        <w:widowControl/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00226DCA" w:rsidRDefault="00226DCA" w:rsidP="00DC5A67">
+      <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="432"/>
           <w:tab w:val="left" w:pos="864"/>
           <w:tab w:val="left" w:pos="1296"/>
           <w:tab w:val="left" w:pos="3969"/>
           <w:tab w:val="left" w:pos="4111"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...9 lines deleted...]
-        <w:widowControl/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AC2652" w:rsidRDefault="00AC2652" w:rsidP="00DC5A67">
+      <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="432"/>
           <w:tab w:val="left" w:pos="864"/>
           <w:tab w:val="left" w:pos="1296"/>
           <w:tab w:val="left" w:pos="3969"/>
           <w:tab w:val="left" w:pos="4111"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...225 lines deleted...]
-    <w:p w14:paraId="61BAA85A" w14:textId="77777777" w:rsidR="00470C5B" w:rsidRDefault="00090482">
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AC2652" w:rsidRDefault="00AC2652" w:rsidP="00DE57E5">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="637"/>
         </w:tabs>
-        <w:spacing w:before="2" w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
+        <w:spacing w:before="2" w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="002060"/>
         </w:rPr>
       </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DE57E5" w:rsidRPr="00DE57E5" w:rsidRDefault="00DE57E5" w:rsidP="00DE57E5">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="637"/>
+        </w:tabs>
+        <w:spacing w:before="2" w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="002060"/>
         </w:rPr>
-        <w:t>12. SISTEMA DELLE PENALITA’</w:t>
-[...91 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:t xml:space="preserve">12. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE57E5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="002060"/>
         </w:rPr>
-      </w:pPr>
-      <w:r>
+        <w:t>SISTEMA DELLE PENALITA’</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DE57E5" w:rsidRPr="00DE57E5" w:rsidRDefault="00DE57E5" w:rsidP="00DE57E5">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-6"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">12. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE57E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L’Appendice P sarà applicata la seguente modifica: Se la prima penalità è segnalata alla barca dopo il suo arrivo, la barca potrà alternativamente:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DE57E5" w:rsidRDefault="00DE57E5" w:rsidP="00DE57E5">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0"/>
+        <w:ind w:hanging="152"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">eseguire la prevista penalità e arrivare; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DE57E5" w:rsidRPr="00DE57E5" w:rsidRDefault="00DE57E5" w:rsidP="00DE57E5">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0"/>
+        <w:ind w:hanging="152"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">accettare una penalità sul punteggio di 8 punti senza udienza (modifica delle RRS 35, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC1AB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>63.2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC1AB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> A4, A5).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DE57E5" w:rsidRDefault="00DE57E5" w:rsidP="00DE57E5">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00470C5B" w:rsidRDefault="00090482">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="002060"/>
         </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="002060"/>
+        </w:rPr>
         <w:t>13. PUNTEGGIO</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E497E68" w14:textId="77777777" w:rsidR="00470C5B" w:rsidRDefault="00090482">
+    <w:p w:rsidR="00470C5B" w:rsidRDefault="00090482">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="756"/>
           <w:tab w:val="left" w:pos="948"/>
           <w:tab w:val="left" w:pos="949"/>
         </w:tabs>
         <w:spacing w:before="4" w:after="0" w:line="254" w:lineRule="auto"/>
         <w:ind w:right="120"/>
-        <w:jc w:val="both"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="34831C85" w14:textId="77777777" w:rsidR="00470C5B" w:rsidRDefault="00090482">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">13.1 </w:t>
+      </w:r>
+      <w:r w:rsidR="00C52041">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>La regata è valida on una prova completata.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00470C5B" w:rsidRDefault="00090482">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="685"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="254" w:lineRule="auto"/>
-[...15 lines deleted...]
-    <w:p w14:paraId="24E9F1C2" w14:textId="77777777" w:rsidR="00470C5B" w:rsidRDefault="00090482">
+        <w:spacing w:after="0"/>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>13.</w:t>
+      </w:r>
+      <w:r w:rsidR="00016BF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Nel caso di regate a batterie la RRS A5.2 è modificata così che i punteggi siano basati sul numero di barche assegnate alla batteria più numerosa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007F2621" w:rsidRDefault="007F2621">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="685"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0"/>
         <w:ind w:left="426" w:hanging="426"/>
-        <w:jc w:val="both"/>
-[...50 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00470C5B" w:rsidRDefault="00090482">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="002060"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="002060"/>
+        </w:rPr>
+        <w:t>14. PERSONE DI SUPPORTO</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DE57E5" w:rsidRPr="00DE57E5" w:rsidRDefault="00DE57E5" w:rsidP="00DE57E5">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="509"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="509" w:right="628" w:hanging="509"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:highlight w:val="yellow"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">14.1 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE57E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tutte le Persone di Supporto (allenatori/genitori/accompagnatori) dovranno accreditarsi compilando il modulo di registrazione disponibile al seguente link </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE57E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>XXXXXXXXXXXXX</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE57E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE57E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>ed inviarlo alla mail XXXXXXXXXXX</w:t>
+      </w:r>
+      <w:r w:rsidR="00B430E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> indicando:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DE57E5" w:rsidRPr="00DE57E5" w:rsidRDefault="00DE57E5" w:rsidP="00DE57E5">
+      <w:pPr>
+        <w:pStyle w:val="Paragrafoelenco"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE57E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>le caratteristiche del proprio mezzo di assistenza;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DE57E5" w:rsidRPr="00DE57E5" w:rsidRDefault="00DE57E5" w:rsidP="00DE57E5">
+      <w:pPr>
+        <w:pStyle w:val="Paragrafoelenco"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="136"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE57E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>i numeri velici e i nominativi dei concorrenti accompagnati;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DE57E5" w:rsidRPr="00DE57E5" w:rsidRDefault="00DE57E5" w:rsidP="00DE57E5">
+      <w:pPr>
+        <w:pStyle w:val="Paragrafoelenco"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE57E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>di avere a bordo del proprio mezzo un dispositivo VHF.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DE57E5" w:rsidRPr="00DE57E5" w:rsidRDefault="00DE57E5" w:rsidP="00DE57E5">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:before="8" w:after="0" w:line="241" w:lineRule="auto"/>
+        <w:ind w:left="509" w:right="249" w:hanging="509"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>14.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00DE57E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Firmando </w:t>
+      </w:r>
+      <w:r w:rsidR="00B430E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">il </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE57E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">modulo di registrazione la persona di supporto si assume automaticamente la responsabilità di far regatare per l’intera durata della manifestazione gli atleti </w:t>
+      </w:r>
+      <w:r w:rsidR="004609DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>supportati</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE57E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DE57E5" w:rsidRPr="00DE57E5" w:rsidRDefault="00DE57E5" w:rsidP="00DE57E5">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:before="8" w:after="0" w:line="241" w:lineRule="auto"/>
+        <w:ind w:left="509" w:right="249" w:hanging="509"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="_heading=h.bnq75f8hnbcq" w:colFirst="0" w:colLast="0"/>
+      <w:bookmarkEnd w:id="6"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>14.3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00DE57E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>[SP]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE57E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Le Persone di Supporto sono soggette alle RRS per le BPS come da Normativa Attività Sportiva 2026 </w:t>
+      </w:r>
+      <w:r w:rsidR="00B430E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE57E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>pag. 51) al link:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004609DE" w:rsidRPr="00102FAE" w:rsidRDefault="0024002A" w:rsidP="004609DE">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:before="8" w:line="241" w:lineRule="auto"/>
+        <w:ind w:left="567" w:right="249"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r w:rsidR="004609DE" w:rsidRPr="008E1D42">
+          <w:rPr>
+            <w:rStyle w:val="Collegamentoipertestuale"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          </w:rPr>
+          <w:t>https://www.federvela.it/federvela/normative-e-regolamenti/programmazione-attivit%C3%A0-sportiva-nazionale/103-norme-per-l-attivit%C3%A0-sportiva-nazionale/file.html</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="004609DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DE57E5" w:rsidRPr="00DE57E5" w:rsidRDefault="00DE57E5" w:rsidP="00DE57E5">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:before="8" w:after="0" w:line="241" w:lineRule="auto"/>
+        <w:ind w:left="509" w:right="249" w:hanging="509"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>14.4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00B430E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Le </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE57E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Regole per le imbarcazioni delle Persone di Supporto (BPS) dovranno essere rispettate sia a terra che in acqua d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE57E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>alle 08.00 del 00/00/2026 alla fine della manifestazione il 00/00/2026.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE57E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DE57E5" w:rsidRPr="00DE57E5" w:rsidRDefault="00DE57E5" w:rsidP="00DE57E5">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="509" w:hanging="509"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>14.5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00DE57E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Le persone di supporto accreditate saranno soggette alle direttive tecniche del </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DE57E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>CdR</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DE57E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e del </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DE57E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>CdP</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DE57E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DE57E5" w:rsidRDefault="00DE57E5" w:rsidP="00DE57E5">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000080"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00470C5B" w:rsidRDefault="00090482">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="237" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="003366"/>
-          <w:sz w:val="20"/>
-[...19 lines deleted...]
-          <w:color w:val="000080"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="002060"/>
         </w:rPr>
-        <w:t>14. PERSONE DI SUPPORTO</w:t>
-[...12 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:t>15. DICHIARAZIONE DI RISCHIO</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00470C5B" w:rsidRDefault="00354DD5" w:rsidP="00BD18E3">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="120"/>
         <w:ind w:left="567" w:hanging="567"/>
-        <w:jc w:val="both"/>
-[...222 lines deleted...]
-    <w:p w14:paraId="1A6C13D2" w14:textId="77777777" w:rsidR="00EA1145" w:rsidRPr="00AC0B15" w:rsidRDefault="00EA1145" w:rsidP="00AC0B15">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">15.1 </w:t>
+      </w:r>
+      <w:r w:rsidR="00090482">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">La RRS 3 cita: "La responsabilità della decisione di una barca di partecipare a una prova o di rimanere in regata è solo sua.” Pertanto i partecipanti sono consapevoli che l'attività velica rientra tra quelle disciplinate </w:t>
+      </w:r>
+      <w:r w:rsidR="009F7514">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">dall'Art. 2050 del Codice Civile </w:t>
+      </w:r>
+      <w:r w:rsidR="00090482">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">e che tutti partecipanti dovranno essere muniti di un tesseramento federale valido che garantisce la copertura infortuni, ivi compresi caso morte ed invalidità permanente. </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="7" w:name="_Hlk219445492"/>
+      <w:r w:rsidR="00090482">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">I concorrenti stranieri devono rispettare eventuali requisiti della propria </w:t>
+      </w:r>
+      <w:r w:rsidR="009F7514">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Autorità Nazionale e</w:t>
+      </w:r>
+      <w:r w:rsidR="00090482">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">d essere in possesso di copertura infortuni comprensiva di morte ed invalidità permanente, </w:t>
+      </w:r>
+      <w:r w:rsidR="009F7514">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>in analogia a quanto previsto dalla</w:t>
+      </w:r>
+      <w:r w:rsidR="00090482">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Normativa FIV vigente</w:t>
+      </w:r>
+      <w:r w:rsidR="009F7514">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="7"/>
+    </w:p>
+    <w:p w:rsidR="00470C5B" w:rsidRDefault="00090482">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="237" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="002060"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="002060"/>
+        </w:rPr>
+        <w:t>16. [DP][NP] RESPONSABILITA’ AMBIENTALE</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0076040F" w:rsidRDefault="00090482" w:rsidP="00AC0B15">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="237" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="567"/>
-        <w:jc w:val="both"/>
-[...6 lines deleted...]
-    <w:p w14:paraId="3CAF470C" w14:textId="77777777" w:rsidR="00470C5B" w:rsidRDefault="00090482">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">16.1 Richiamando il Principio Base che cita: “I partecipanti sono incoraggiati a minimizzare qualsiasi impatto ambientale negativo dello sport della vela”, si raccomanda la massima attenzione per la salvaguardia ambientale in tutti i momenti che accompagnano la pratica dello sport della vela prima, durante e dopo la manifestazione. In particolare si richiama l’attenzione alla RRS 47 -Smaltimento dei Rifiuti- che testualmente cita: “I concorrenti e le </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">persone di supporto </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">non devono gettare </w:t>
+      </w:r>
+      <w:r w:rsidR="00C02925">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>intenzionalmente</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> rifiuti in acqua. Questa regola si applica sempre quando in acqua. La penalità per un’infrazione a questa regola può essere inferiore alla squalifica”.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F7514" w:rsidRPr="00AC0B15" w:rsidRDefault="009F7514" w:rsidP="00AC0B15">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="237" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...6 lines deleted...]
-      <w:r>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00470C5B" w:rsidRDefault="00090482">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="002060"/>
         </w:rPr>
-        <w:t>15. DICHIARAZIONE DI RISCHIO</w:t>
-[...44 lines deleted...]
-        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="002060"/>
         </w:rPr>
-      </w:pPr>
-[...18 lines deleted...]
-        <w:spacing w:after="0" w:line="237" w:lineRule="auto"/>
+        <w:t>17. ASSICURAZIONE</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00354DD5" w:rsidRPr="00AC0B15" w:rsidRDefault="00090482" w:rsidP="00AC0B15">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0"/>
         <w:ind w:left="567" w:hanging="567"/>
-        <w:jc w:val="both"/>
-[...119 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">17.1 Le </w:t>
+      </w:r>
+      <w:r w:rsidR="00F74783">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">barche e le </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">imbarcazioni dovranno essere assicurate per la responsabilità civile per danni a terzi secondo quanto previsto dalla vigente Normativa FIV per L’attività Sportiva Organizzata in Italia parte I, con massimale minimo pari a € 1.500.000,00. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00470C5B" w:rsidRDefault="00470C5B">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="002060"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5DD67C47" w14:textId="77777777" w:rsidR="00470C5B" w:rsidRDefault="00090482">
-[...10 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:p w:rsidR="00470C5B" w:rsidRDefault="00090482">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000080"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="002060"/>
         </w:rPr>
         <w:t>18. PREMI</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="086A971F" w14:textId="77777777" w:rsidR="00470C5B" w:rsidRDefault="00090482">
-[...10 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:p w:rsidR="00470C5B" w:rsidRDefault="00090482">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Saranno assegnati i seguenti premi in relazione anche alle caratteristiche delle flotte.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C34463E" w14:textId="77777777" w:rsidR="00470C5B" w:rsidRDefault="00470C5B">
-[...10 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:p w:rsidR="00470C5B" w:rsidRDefault="00470C5B">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:highlight w:val="white"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7C77AB63" w14:textId="77777777" w:rsidR="00470C5B" w:rsidRPr="00354DD5" w:rsidRDefault="00090482">
-[...1 lines deleted...]
-        <w:widowControl/>
+    <w:p w:rsidR="00470C5B" w:rsidRPr="001D7040" w:rsidRDefault="00090482">
+      <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0"/>
         <w:ind w:left="567"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
-          <w:highlight w:val="white"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00354DD5">
+      <w:r w:rsidRPr="001D7040">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="C00000"/>
-          <w:highlight w:val="white"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Classe</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00354DD5">
+      <w:r w:rsidRPr="001D7040">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="C00000"/>
-          <w:highlight w:val="white"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> ILCA 7</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15F6E057" w14:textId="77777777" w:rsidR="00470C5B" w:rsidRPr="00354DD5" w:rsidRDefault="00090482">
-[...1 lines deleted...]
-        <w:widowControl/>
+    <w:p w:rsidR="00470C5B" w:rsidRPr="001D7040" w:rsidRDefault="00090482">
+      <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0"/>
         <w:ind w:left="567"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
-          <w:highlight w:val="white"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="4" w:name="_3znysh7" w:colFirst="0" w:colLast="0"/>
-[...5 lines deleted...]
-          <w:highlight w:val="white"/>
+      <w:bookmarkStart w:id="8" w:name="_3znysh7" w:colFirst="0" w:colLast="0"/>
+      <w:bookmarkEnd w:id="8"/>
+      <w:r w:rsidRPr="001D7040">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Winner Overall - 2° Overall - 3° Overall - Winner Under 21</w:t>
       </w:r>
-      <w:r w:rsidRPr="00354DD5">
+      <w:r w:rsidRPr="001D7040">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
-          <w:highlight w:val="white"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> - </w:t>
       </w:r>
-      <w:r w:rsidRPr="00354DD5">
-[...3 lines deleted...]
-          <w:highlight w:val="white"/>
+      <w:r w:rsidRPr="001D7040">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Winner </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00354DD5">
-[...3 lines deleted...]
-          <w:highlight w:val="white"/>
+      <w:r w:rsidRPr="001D7040">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>categoria</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00354DD5">
-[...3 lines deleted...]
-          <w:highlight w:val="white"/>
+      <w:r w:rsidRPr="001D7040">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> Master</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B092852" w14:textId="77777777" w:rsidR="00470C5B" w:rsidRPr="00354DD5" w:rsidRDefault="00090482">
-[...1 lines deleted...]
-        <w:widowControl/>
+    <w:p w:rsidR="00470C5B" w:rsidRPr="001D7040" w:rsidRDefault="00090482">
+      <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0"/>
         <w:ind w:left="567"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="C00000"/>
-          <w:highlight w:val="white"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00354DD5">
+      <w:r w:rsidRPr="001D7040">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="C00000"/>
-          <w:highlight w:val="white"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Classe</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00354DD5">
+      <w:r w:rsidRPr="001D7040">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="C00000"/>
-          <w:highlight w:val="white"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> ILCA 6</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="695CACE6" w14:textId="77777777" w:rsidR="00470C5B" w:rsidRPr="00354DD5" w:rsidRDefault="00090482">
-[...1 lines deleted...]
-        <w:widowControl/>
+    <w:p w:rsidR="00470C5B" w:rsidRPr="001D7040" w:rsidRDefault="00090482">
+      <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0"/>
         <w:ind w:left="567"/>
-        <w:jc w:val="both"/>
-[...3 lines deleted...]
-          <w:highlight w:val="white"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="5" w:name="_2et92p0" w:colFirst="0" w:colLast="0"/>
-[...5 lines deleted...]
-          <w:highlight w:val="white"/>
+      <w:bookmarkStart w:id="9" w:name="_2et92p0" w:colFirst="0" w:colLast="0"/>
+      <w:bookmarkEnd w:id="9"/>
+      <w:r w:rsidRPr="001D7040">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Winner Overall - 2° Overall - 3° Overall - Winner Under 17 - Winner Under 21 Female - Winner Boys Under 17 e Winner Boys Under 19 - Winner </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00354DD5">
-[...3 lines deleted...]
-          <w:highlight w:val="white"/>
+      <w:r w:rsidRPr="001D7040">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>categoria</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00354DD5">
-[...3 lines deleted...]
-          <w:highlight w:val="white"/>
+      <w:r w:rsidRPr="001D7040">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> Master.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2361EEF7" w14:textId="77777777" w:rsidR="00470C5B" w:rsidRPr="00354DD5" w:rsidRDefault="00090482">
-[...1 lines deleted...]
-        <w:widowControl/>
+    <w:p w:rsidR="00470C5B" w:rsidRPr="001D7040" w:rsidRDefault="00090482">
+      <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0"/>
         <w:ind w:left="567"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
-          <w:highlight w:val="white"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00354DD5">
+      <w:r w:rsidRPr="001D7040">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="C00000"/>
-          <w:highlight w:val="white"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Classe</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00354DD5">
+      <w:r w:rsidRPr="001D7040">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="C00000"/>
-          <w:highlight w:val="white"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> ILCA 4</w:t>
       </w:r>
-      <w:r w:rsidRPr="00354DD5">
-[...4 lines deleted...]
-          <w:highlight w:val="white"/>
+    </w:p>
+    <w:p w:rsidR="00470C5B" w:rsidRPr="001D7040" w:rsidRDefault="00090482">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...4 lines deleted...]
-        <w:widowControl/>
+      </w:pPr>
+      <w:r w:rsidRPr="001D7040">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Winner Overall - 2° Overall - 3° Overall - Winner Boys Under 16 - Winner Girls U16</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00470C5B" w:rsidRDefault="00090482">
+      <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0"/>
         <w:ind w:left="567"/>
-        <w:jc w:val="both"/>
-[...29 lines deleted...]
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="0F243E"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="001D7040">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="0F243E"/>
         </w:rPr>
         <w:t>La premiazione sarà effettuata appena possibile al termine della manifestazione.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B58817D" w14:textId="77777777" w:rsidR="00470C5B" w:rsidRDefault="00470C5B">
-[...1 lines deleted...]
-        <w:widowControl/>
+    <w:p w:rsidR="00470C5B" w:rsidRDefault="00470C5B">
+      <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0"/>
         <w:ind w:left="567"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="0F243E"/>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4D6C6656" w14:textId="77777777" w:rsidR="00470C5B" w:rsidRDefault="00470C5B">
-[...1 lines deleted...]
-        <w:widowControl/>
+    <w:p w:rsidR="00470C5B" w:rsidRDefault="00470C5B">
+      <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0"/>
         <w:ind w:left="567"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="003366"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="529EC77C" w14:textId="77777777" w:rsidR="00470C5B" w:rsidRDefault="00090482">
-[...17 lines deleted...]
-      <w:r>
+    <w:p w:rsidR="00470C5B" w:rsidRDefault="00090482">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="002060"/>
         </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="002060"/>
+        </w:rPr>
         <w:t>19. DIRITTI FOTOGRAFICI E/O TELEVISIVI</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3057BC82" w14:textId="77777777" w:rsidR="00470C5B" w:rsidRDefault="00090482">
-[...41 lines deleted...]
-    <w:p w14:paraId="30E7A69D" w14:textId="77777777" w:rsidR="00470C5B" w:rsidRDefault="00090482">
+    <w:p w:rsidR="00DE57E5" w:rsidRPr="00B10C29" w:rsidRDefault="00DE57E5" w:rsidP="00DE57E5">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:kinsoku w:val="0"/>
+        <w:overflowPunct w:val="0"/>
+        <w:spacing w:line="274" w:lineRule="exact"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B10C29">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Per le attività connesse allo svolgimento della manifestazione, i concorrenti concedono pieno diritto e permesso di pubblicare e/o trasmettere tramite qualsiasi mezzo mediatico ogni fotografia o ripresa filmata di persone o barche durante l’evento, inclusi spot pubblicitari televisivi e tutto quanto possa essere usato per i propri scopi editoriali o pubblicitari o per informazioni stampate.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DE57E5" w:rsidRPr="00B10C29" w:rsidRDefault="00DE57E5" w:rsidP="00DE57E5">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B10C29">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>I dati di cui sopra saranno trattati ai sensi dell’Informativa Privacy Federale redatta ai sensi del Regolamento Europeo 679/2016 di cui il concorrente ha preso visione all’atto del tesseramento FIV.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00470C5B" w:rsidRDefault="00090482">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="460"/>
         </w:tabs>
         <w:spacing w:after="0"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="002060"/>
         </w:rPr>
         <w:t>20. [DP][NP] TELECAMERE E APPARECCHIATURE ELETTRONICHE</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41EF9147" w14:textId="77777777" w:rsidR="00470C5B" w:rsidRDefault="00090482">
+    <w:p w:rsidR="00470C5B" w:rsidRDefault="00090482">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="460"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="426" w:hanging="426"/>
-        <w:jc w:val="both"/>
-[...11 lines deleted...]
-    <w:p w14:paraId="1EA52C22" w14:textId="77777777" w:rsidR="00470C5B" w:rsidRDefault="00090482">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">20.1 L’AO potrà richiedere alle barche di avere a bordo telecamere, apparecchiature sonore o apparecchiature per registrare la posizione. Informazioni derivanti dalla presenza di queste apparecchiature non potranno essere usate da una barca come evidenza nel corso di un’udienza (modifica la </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F7514">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>RRS</w:t>
+      </w:r>
+      <w:r w:rsidR="001D7040">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E529F4" w:rsidRPr="009F7514">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>63.4</w:t>
+      </w:r>
+      <w:r w:rsidR="001D7040">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>(b))</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F7514">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00470C5B" w:rsidRDefault="00090482">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="426" w:hanging="426"/>
-        <w:jc w:val="both"/>
-[...5 lines deleted...]
-      <w:bookmarkEnd w:id="6"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="10" w:name="_tyjcwt" w:colFirst="0" w:colLast="0"/>
+      <w:bookmarkEnd w:id="10"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>20.2 Le apparecchiature fornite, una volta installate a bordo secondo le istruzioni dell’AO, non dovranno essere manipolate in alcun modo dal concorrente o da una persona di supporto, a meno che questo non venga richiesto dalla stessa AO.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="419AD7F0" w14:textId="77777777" w:rsidR="00470C5B" w:rsidRDefault="00090482">
-[...2 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:p w:rsidR="00470C5B" w:rsidRDefault="00090482">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="002060"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="002060"/>
         </w:rPr>
         <w:t>21 LOGISTICA - INFORMAZIONI UTILI - ALBERGHI CONVENZIONATI</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C5AE5E1" w14:textId="77777777" w:rsidR="00470C5B" w:rsidRDefault="00090482">
-[...2 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:p w:rsidR="00470C5B" w:rsidRDefault="00090482">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Tutte le indicazioni sulla logistica a terra, convenzioni, servizi ed eventi collaterali per atleti, allenatori ed accompagnatori saranno fornite tramite il sito internet </w:t>
+      </w:r>
+      <w:r w:rsidR="001D7040">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">al link </w:t>
       </w:r>
       <w:r w:rsidRPr="002A5FCB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>www.XXX</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7631E4D1" w14:textId="77777777" w:rsidR="00470C5B" w:rsidRDefault="00470C5B">
-[...27 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00470C5B" w:rsidRPr="002E04B1" w:rsidRDefault="00470C5B">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00470C5B" w:rsidRPr="002E04B1" w:rsidRDefault="002E04B1" w:rsidP="00076DEF">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0"/>
         <w:ind w:left="4248" w:firstLine="708"/>
-        <w:jc w:val="both"/>
-[...15 lines deleted...]
-      <w:headerReference w:type="default" r:id="rId12"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E04B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>’Autorità Organizzatrice</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00470C5B" w:rsidRPr="002E04B1" w:rsidSect="00425706">
+      <w:headerReference w:type="even" r:id="rId13"/>
+      <w:headerReference w:type="default" r:id="rId14"/>
+      <w:footerReference w:type="even" r:id="rId15"/>
+      <w:footerReference w:type="default" r:id="rId16"/>
+      <w:headerReference w:type="first" r:id="rId17"/>
+      <w:footerReference w:type="first" r:id="rId18"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1247" w:right="1418" w:bottom="1418" w:left="1134" w:header="709" w:footer="720" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6047E1EE" w14:textId="77777777" w:rsidR="005B3AA0" w:rsidRDefault="005B3AA0">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="0024002A" w:rsidRDefault="0024002A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3AB9F7AB" w14:textId="77777777" w:rsidR="005B3AA0" w:rsidRDefault="005B3AA0">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="0024002A" w:rsidRDefault="0024002A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Noto Sans Symbols">
+    <w:altName w:val="Calibri"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="default"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0000AFF" w:usb1="00007843" w:usb2="00000001" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
-[...5 lines deleted...]
-    <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Noto Sans Symbols">
-[...4 lines deleted...]
-  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Georgia">
     <w:panose1 w:val="02040502050405020303"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Aptos">
+    <w:altName w:val="Calibri"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Helvetica Neue">
-    <w:altName w:val="Sylfaen"/>
-    <w:panose1 w:val="02000503000000020004"/>
+    <w:altName w:val="Arial"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A000002F" w:usb1="40000048" w:usb2="00000000" w:usb3="00000000" w:csb0="00000111" w:csb1="00000000"/>
+    <w:sig w:usb0="E50002FF" w:usb1="500079DB" w:usb2="00000010" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Century Gothic">
+    <w:panose1 w:val="020B0502020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w:rsidR="003E1147" w:rsidRDefault="003E1147">
+    <w:pPr>
+      <w:pStyle w:val="Pidipagina"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w:rsidR="003E1147" w:rsidRDefault="003E1147">
+    <w:pPr>
+      <w:pStyle w:val="Pidipagina"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w:rsidR="003E1147" w:rsidRDefault="003E1147">
+    <w:pPr>
+      <w:pStyle w:val="Pidipagina"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="40C4B311" w14:textId="77777777" w:rsidR="005B3AA0" w:rsidRDefault="005B3AA0">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="0024002A" w:rsidRDefault="0024002A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="57C8AAFA" w14:textId="77777777" w:rsidR="005B3AA0" w:rsidRDefault="005B3AA0">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="0024002A" w:rsidRDefault="0024002A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:p w14:paraId="76B385CB" w14:textId="2144FDA9" w:rsidR="00470C5B" w:rsidRDefault="00354DD5">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w:rsidR="003E1147" w:rsidRDefault="003E1147">
+    <w:pPr>
+      <w:pStyle w:val="Intestazione"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w:rsidR="00462A5A" w:rsidRDefault="003E1147" w:rsidP="003E1147">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4819"/>
         <w:tab w:val="right" w:pos="9638"/>
         <w:tab w:val="left" w:pos="7920"/>
       </w:tabs>
+      <w:jc w:val="center"/>
       <w:rPr>
         <w:i/>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" hidden="0" allowOverlap="1" wp14:anchorId="499042BA" wp14:editId="07063856">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="06E75E32" wp14:editId="4D297343">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
-            <wp:posOffset>4413250</wp:posOffset>
+            <wp:posOffset>5234940</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
-            <wp:posOffset>-123825</wp:posOffset>
+            <wp:posOffset>-635</wp:posOffset>
           </wp:positionV>
-          <wp:extent cx="1704975" cy="542925"/>
-          <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
+          <wp:extent cx="1114425" cy="471170"/>
+          <wp:effectExtent l="0" t="0" r="9525" b="5080"/>
           <wp:wrapNone/>
-          <wp:docPr id="2" name="image2.png"/>
+          <wp:docPr id="24" name="Image 2"/>
           <wp:cNvGraphicFramePr/>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="image2.png"/>
-                  <pic:cNvPicPr preferRelativeResize="0"/>
+                  <pic:cNvPr id="24" name="Image 2"/>
+                  <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
-                  <a:blip r:embed="rId1"/>
-                  <a:srcRect/>
+                  <a:blip r:embed="rId1" cstate="print"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="1704975" cy="542925"/>
+                    <a:ext cx="1114425" cy="471170"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
-                  <a:ln/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
-    <w:r w:rsidR="00090482">
-[...11 lines deleted...]
-    <w:r w:rsidR="00090482">
+    <w:r w:rsidR="00462A5A">
       <w:rPr>
         <w:color w:val="FF0000"/>
       </w:rPr>
       <w:t>LOGO CLUB</w:t>
     </w:r>
-    <w:r w:rsidR="00090482">
-[...6 lines deleted...]
-    <w:r w:rsidR="00090482">
+    <w:r w:rsidR="00462A5A">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" hidden="0" allowOverlap="1" wp14:anchorId="7AAC5584" wp14:editId="6EC3F26A">
+        <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>0</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-228599</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1514475" cy="847725"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="3" name="image3.png"/>
           <wp:cNvGraphicFramePr/>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="image3.png"/>
                   <pic:cNvPicPr preferRelativeResize="0"/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId2"/>
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1514475" cy="847725"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:ln/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
-  <w:p w14:paraId="6020C68A" w14:textId="77777777" w:rsidR="00470C5B" w:rsidRDefault="00090482">
+  <w:p w:rsidR="00462A5A" w:rsidRDefault="00462A5A">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4819"/>
         <w:tab w:val="right" w:pos="9638"/>
         <w:tab w:val="left" w:pos="7920"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:i/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:i/>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:i/>
         <w:color w:val="000000"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:tab/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="646D7778" w14:textId="77777777" w:rsidR="00470C5B" w:rsidRDefault="00090482">
+  <w:p w:rsidR="00462A5A" w:rsidRDefault="00462A5A">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4819"/>
         <w:tab w:val="right" w:pos="9638"/>
         <w:tab w:val="left" w:pos="3660"/>
       </w:tabs>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:tab/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w:rsidR="003E1147" w:rsidRDefault="003E1147">
+    <w:pPr>
+      <w:pStyle w:val="Intestazione"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:abstractNum w:abstractNumId="0">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="002C4CEE"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="EB605AC4"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="002060"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="792" w:hanging="432"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1224" w:hanging="504"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1728" w:hanging="648"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2232" w:hanging="792"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2736" w:hanging="936"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="1080"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3744" w:hanging="1224"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="1440"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="060938C1"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="13F2B13C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="928" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
@@ -16509,51 +8235,295 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="14E003A6"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="3D3CA4DE"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="283" w:hanging="283"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1DA74488"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="C54CA5A6"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1287" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2007" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2727" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3447" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4167" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4887" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5607" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6327" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7047" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1DF86BD3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D952CDAE"/>
     <w:lvl w:ilvl="0" w:tplc="C80298F0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1095" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1815" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
@@ -16621,51 +8591,164 @@
     <w:lvl w:ilvl="7" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6135" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04100005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6855" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="26873E67"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="5F64F8E4"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="116" w:hanging="347"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="836" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1956" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3072" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4188" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5304" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6420" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7537" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8653" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="26B94B9C"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="B372CBD8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="116" w:hanging="347"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="928" w:hanging="360"/>
@@ -16711,51 +8794,141 @@
     <w:lvl w:ilvl="6">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6420" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7537" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8653" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2C462675"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="FD9007B8"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="792" w:hanging="432"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1224" w:hanging="504"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1728" w:hanging="648"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2232" w:hanging="792"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2736" w:hanging="936"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="1080"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3744" w:hanging="1224"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="1440"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2D0E2CEF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="302C6B7E"/>
     <w:lvl w:ilvl="0" w:tplc="0410000B">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="747" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1467" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -16824,51 +8997,51 @@
     <w:lvl w:ilvl="7" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5787" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04100005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6507" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="39A664DF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7C3A51AA"/>
     <w:lvl w:ilvl="0" w:tplc="0410000B">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="747" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1467" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -16937,51 +9110,51 @@
     <w:lvl w:ilvl="7" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5787" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04100005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6507" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="47D61F04"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4470108A"/>
     <w:lvl w:ilvl="0" w:tplc="15C6C192">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="976" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1696" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
@@ -17049,51 +9222,254 @@
     <w:lvl w:ilvl="7" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6016" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04100005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6736" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="509D5216"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="8E862D80"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="5"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="527D5D6E"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="CC36B558"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="792" w:hanging="432"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1224" w:hanging="504"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1728" w:hanging="648"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2232" w:hanging="792"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2736" w:hanging="936"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="1080"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3744" w:hanging="1224"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="1440"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="583B13FB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6290A570"/>
     <w:lvl w:ilvl="0" w:tplc="0410000B">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="747" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1467" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -17162,51 +9538,254 @@
     <w:lvl w:ilvl="7" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5787" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04100005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6507" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="610A0729"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="8E862D80"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="5"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="65D309A7"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="69545C52"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="792" w:hanging="432"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1224" w:hanging="504"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1728" w:hanging="648"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2232" w:hanging="792"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2736" w:hanging="936"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="1080"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3744" w:hanging="1224"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="1440"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="66D40F4B"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="B098371A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="283" w:hanging="283"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
@@ -17275,51 +9854,376 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="741103B7"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="CD605D38"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="792" w:hanging="432"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1224" w:hanging="504"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1728" w:hanging="648"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2232" w:hanging="792"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2736" w:hanging="936"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="1080"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3744" w:hanging="1224"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="1440"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="771129BE"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="299A5C92"/>
+    <w:lvl w:ilvl="0" w:tplc="04100001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04100003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04100005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04100001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04100003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04100005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04100001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04100003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04100005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="77F36774"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="133ADAE0"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7A3235CC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="483A3FA4"/>
     <w:lvl w:ilvl="0" w:tplc="0410000B">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1455" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2175" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -17389,1210 +10293,1170 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6495" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04100005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7215" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="7">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="8">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="9">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="10">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="11">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="12">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="13">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="14">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="15">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="16">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="17">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="18">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="2">
-[...11 lines deleted...]
-  <w:num w:numId="6">
+  <w:num w:numId="19">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="7">
-    <w:abstractNumId w:val="4"/>
+  <w:num w:numId="20">
+    <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="8">
-[...3 lines deleted...]
-    <w:abstractNumId w:val="3"/>
+  <w:num w:numId="21">
+    <w:abstractNumId w:val="18"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
   <w:displayBackgroundShape/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="283"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00470C5B"/>
-    <w:rsid w:val="0000091C"/>
+    <w:rsid w:val="00010A83"/>
+    <w:rsid w:val="00016BF6"/>
+    <w:rsid w:val="00057DEE"/>
+    <w:rsid w:val="00076DEF"/>
+    <w:rsid w:val="000846D7"/>
     <w:rsid w:val="00090482"/>
-    <w:rsid w:val="0009702D"/>
-    <w:rsid w:val="0016261E"/>
+    <w:rsid w:val="000A7B60"/>
+    <w:rsid w:val="000B46B3"/>
+    <w:rsid w:val="000C6CD5"/>
+    <w:rsid w:val="000D692D"/>
+    <w:rsid w:val="00167D1B"/>
+    <w:rsid w:val="001A0CE3"/>
+    <w:rsid w:val="001A3772"/>
+    <w:rsid w:val="001D7040"/>
     <w:rsid w:val="001E0804"/>
+    <w:rsid w:val="001E5B6E"/>
+    <w:rsid w:val="001F59F9"/>
+    <w:rsid w:val="00206F2F"/>
     <w:rsid w:val="00226DCA"/>
+    <w:rsid w:val="0024002A"/>
+    <w:rsid w:val="00262BE4"/>
+    <w:rsid w:val="00280940"/>
     <w:rsid w:val="00281368"/>
     <w:rsid w:val="002A0497"/>
     <w:rsid w:val="002A5FCB"/>
-    <w:rsid w:val="002F7718"/>
-    <w:rsid w:val="00306329"/>
+    <w:rsid w:val="002C3933"/>
+    <w:rsid w:val="002D4226"/>
+    <w:rsid w:val="002E04B1"/>
+    <w:rsid w:val="0031147A"/>
+    <w:rsid w:val="003270DA"/>
     <w:rsid w:val="00354DD5"/>
     <w:rsid w:val="003573A5"/>
+    <w:rsid w:val="0037536C"/>
+    <w:rsid w:val="003B2F7F"/>
+    <w:rsid w:val="003E1147"/>
+    <w:rsid w:val="003E76B3"/>
+    <w:rsid w:val="00415881"/>
+    <w:rsid w:val="004204F3"/>
+    <w:rsid w:val="00422FF7"/>
+    <w:rsid w:val="00425706"/>
+    <w:rsid w:val="00427EC8"/>
+    <w:rsid w:val="004609DE"/>
+    <w:rsid w:val="00462A5A"/>
+    <w:rsid w:val="00463593"/>
     <w:rsid w:val="00470C5B"/>
-    <w:rsid w:val="004A6E26"/>
+    <w:rsid w:val="00494E4A"/>
+    <w:rsid w:val="00495A78"/>
+    <w:rsid w:val="004A4259"/>
+    <w:rsid w:val="004D7EDA"/>
     <w:rsid w:val="004E2E2D"/>
     <w:rsid w:val="005178ED"/>
-    <w:rsid w:val="005729AA"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00645633"/>
+    <w:rsid w:val="005358A2"/>
+    <w:rsid w:val="00575B3E"/>
+    <w:rsid w:val="006328CF"/>
+    <w:rsid w:val="00633FF8"/>
+    <w:rsid w:val="0075158A"/>
     <w:rsid w:val="0076040F"/>
-    <w:rsid w:val="007D3C16"/>
+    <w:rsid w:val="007B43C1"/>
+    <w:rsid w:val="007B620F"/>
+    <w:rsid w:val="007F2621"/>
+    <w:rsid w:val="00832236"/>
+    <w:rsid w:val="008328F8"/>
     <w:rsid w:val="00883716"/>
-    <w:rsid w:val="009337F2"/>
+    <w:rsid w:val="008972B1"/>
+    <w:rsid w:val="008D4E16"/>
     <w:rsid w:val="00942062"/>
+    <w:rsid w:val="00951022"/>
+    <w:rsid w:val="00954CFC"/>
+    <w:rsid w:val="009D12C0"/>
+    <w:rsid w:val="009F7514"/>
+    <w:rsid w:val="00A27FB1"/>
+    <w:rsid w:val="00A71BE2"/>
+    <w:rsid w:val="00A85D06"/>
+    <w:rsid w:val="00AA7B70"/>
     <w:rsid w:val="00AC0B15"/>
+    <w:rsid w:val="00AC2652"/>
+    <w:rsid w:val="00AF7E52"/>
+    <w:rsid w:val="00B053A7"/>
+    <w:rsid w:val="00B1270B"/>
+    <w:rsid w:val="00B3332C"/>
+    <w:rsid w:val="00B430E4"/>
+    <w:rsid w:val="00B64C47"/>
+    <w:rsid w:val="00BA1A01"/>
+    <w:rsid w:val="00BA264A"/>
+    <w:rsid w:val="00BC60FB"/>
+    <w:rsid w:val="00BD18E3"/>
+    <w:rsid w:val="00BD4A9F"/>
+    <w:rsid w:val="00BD70E4"/>
+    <w:rsid w:val="00BF2FDA"/>
+    <w:rsid w:val="00BF403B"/>
+    <w:rsid w:val="00C02925"/>
+    <w:rsid w:val="00C02BC1"/>
+    <w:rsid w:val="00C20D14"/>
+    <w:rsid w:val="00C52041"/>
+    <w:rsid w:val="00C52B26"/>
+    <w:rsid w:val="00C76680"/>
+    <w:rsid w:val="00CB44C2"/>
+    <w:rsid w:val="00CE3B7F"/>
+    <w:rsid w:val="00D86482"/>
     <w:rsid w:val="00DC5A67"/>
-    <w:rsid w:val="00E00125"/>
+    <w:rsid w:val="00DE57E5"/>
+    <w:rsid w:val="00E529F4"/>
     <w:rsid w:val="00E60B1E"/>
-    <w:rsid w:val="00EA1145"/>
+    <w:rsid w:val="00E67F3C"/>
+    <w:rsid w:val="00EF3AEF"/>
+    <w:rsid w:val="00F0355F"/>
     <w:rsid w:val="00F11FC6"/>
-    <w:rsid w:val="00F26EE2"/>
+    <w:rsid w:val="00F41BB3"/>
+    <w:rsid w:val="00F45D54"/>
     <w:rsid w:val="00F507B5"/>
+    <w:rsid w:val="00F5366E"/>
+    <w:rsid w:val="00F74783"/>
+    <w:rsid w:val="00FA2655"/>
+    <w:rsid w:val="00FD333D"/>
+    <w:rsid w:val="00FE3AF9"/>
+    <w:rsid w:val="00FF5C23"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="0"/>
+    <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="it-IT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="078B522F"/>
+  <w14:docId w14:val="4C904145"/>
+  <w15:docId w15:val="{0FB56EAF-2AA7-4315-BA47-F039321B31DC}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="it-IT" w:eastAsia="it-IT" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:widowControl w:val="0"/>
-        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="200"/>
+        <w:jc w:val="both"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...25 lines deleted...]
-    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
-    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
-[...109 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normale">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="00425706"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Titolo1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normale"/>
     <w:next w:val="Normale"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
+    <w:rsid w:val="00425706"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="0"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="2F5496"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Titolo2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normale"/>
     <w:next w:val="Normale"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
+    <w:rsid w:val="00425706"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="360" w:after="80"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="36"/>
       <w:szCs w:val="36"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Titolo3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normale"/>
     <w:next w:val="Normale"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
+    <w:rsid w:val="00425706"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="280" w:after="80"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Titolo4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normale"/>
     <w:next w:val="Normale"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
+    <w:rsid w:val="00425706"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Titolo5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normale"/>
     <w:next w:val="Normale"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
+    <w:rsid w:val="00425706"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="220" w:after="40"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Titolo6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normale"/>
     <w:next w:val="Normale"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
+    <w:rsid w:val="00425706"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200" w:after="40"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Carpredefinitoparagrafo">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tabellanormale">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Nessunelenco">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
     <w:name w:val="Table Normal"/>
+    <w:rsid w:val="00425706"/>
     <w:tblPr>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Titolo">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normale"/>
     <w:next w:val="Normale"/>
     <w:uiPriority w:val="10"/>
     <w:qFormat/>
+    <w:rsid w:val="00425706"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="480" w:after="120"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="72"/>
       <w:szCs w:val="72"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sottotitolo">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normale"/>
     <w:next w:val="Normale"/>
     <w:uiPriority w:val="11"/>
     <w:qFormat/>
+    <w:rsid w:val="00425706"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="360" w:after="80"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia" w:cs="Georgia"/>
       <w:i/>
       <w:color w:val="666666"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="a">
     <w:basedOn w:val="TableNormal"/>
+    <w:rsid w:val="00425706"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:left w:w="-2" w:type="dxa"/>
         <w:right w:w="115" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="a0">
     <w:basedOn w:val="TableNormal"/>
+    <w:rsid w:val="00425706"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:left w:w="108" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="a1">
     <w:basedOn w:val="TableNormal"/>
+    <w:rsid w:val="00425706"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:left w:w="115" w:type="dxa"/>
         <w:right w:w="115" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="a2">
     <w:basedOn w:val="TableNormal"/>
+    <w:rsid w:val="00425706"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:left w:w="115" w:type="dxa"/>
         <w:right w:w="115" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="a3">
     <w:basedOn w:val="TableNormal"/>
+    <w:rsid w:val="00425706"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:left w:w="115" w:type="dxa"/>
         <w:right w:w="115" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="a4">
     <w:basedOn w:val="TableNormal"/>
+    <w:rsid w:val="00425706"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:left w:w="115" w:type="dxa"/>
         <w:right w:w="115" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="a5">
     <w:basedOn w:val="TableNormal"/>
+    <w:rsid w:val="00425706"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:left w:w="115" w:type="dxa"/>
         <w:right w:w="115" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Intestazione">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normale"/>
     <w:link w:val="IntestazioneCarattere"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00354DD5"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4819"/>
         <w:tab w:val="right" w:pos="9638"/>
       </w:tabs>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:after="0"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="IntestazioneCarattere">
     <w:name w:val="Intestazione Carattere"/>
     <w:basedOn w:val="Carpredefinitoparagrafo"/>
     <w:link w:val="Intestazione"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00354DD5"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Pidipagina">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normale"/>
     <w:link w:val="PidipaginaCarattere"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00354DD5"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4819"/>
         <w:tab w:val="right" w:pos="9638"/>
       </w:tabs>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:after="0"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="PidipaginaCarattere">
     <w:name w:val="Piè di pagina Carattere"/>
     <w:basedOn w:val="Carpredefinitoparagrafo"/>
     <w:link w:val="Pidipagina"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00354DD5"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Paragrafoelenco">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normale"/>
-    <w:uiPriority w:val="34"/>
+    <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00354DD5"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Corpotesto">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="Normale"/>
     <w:link w:val="CorpotestoCarattere"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00AC0B15"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:after="0"/>
       <w:ind w:left="112"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CorpotestoCarattere">
     <w:name w:val="Corpo testo Carattere"/>
     <w:basedOn w:val="Carpredefinitoparagrafo"/>
     <w:link w:val="Corpotesto"/>
     <w:uiPriority w:val="1"/>
     <w:rsid w:val="00AC0B15"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-</w:styles>
-[...162 lines deleted...]
-    <w:qFormat/>
+  <w:style w:type="character" w:styleId="Rimandocommento">
+    <w:name w:val="annotation reference"/>
+    <w:basedOn w:val="Carpredefinitoparagrafo"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00FD333D"/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Titolo1">
-    <w:name w:val="heading 1"/>
+  <w:style w:type="paragraph" w:styleId="Testocommento">
+    <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normale"/>
-    <w:next w:val="Normale"/>
-[...1 lines deleted...]
-    <w:qFormat/>
+    <w:link w:val="TestocommentoCarattere"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00FD333D"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TestocommentoCarattere">
+    <w:name w:val="Testo commento Carattere"/>
+    <w:basedOn w:val="Carpredefinitoparagrafo"/>
+    <w:link w:val="Testocommento"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00FD333D"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Soggettocommento">
+    <w:name w:val="annotation subject"/>
+    <w:basedOn w:val="Testocommento"/>
+    <w:next w:val="Testocommento"/>
+    <w:link w:val="SoggettocommentoCarattere"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00FD333D"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SoggettocommentoCarattere">
+    <w:name w:val="Soggetto commento Carattere"/>
+    <w:basedOn w:val="TestocommentoCarattere"/>
+    <w:link w:val="Soggettocommento"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00FD333D"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Revisione">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00FD333D"/>
     <w:pPr>
-      <w:keepNext/>
-[...2 lines deleted...]
-      <w:outlineLvl w:val="0"/>
+      <w:spacing w:after="0"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
+    <w:name w:val="Default"/>
+    <w:rsid w:val="00FD333D"/>
+    <w:pPr>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+      <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
-      <w:color w:val="2F5496"/>
-[...59 lines deleted...]
-      <w:b/>
+      <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Titolo5">
-[...12 lines deleted...]
-    </w:pPr>
+  <w:style w:type="character" w:styleId="Collegamentoipertestuale">
+    <w:name w:val="Hyperlink"/>
+    <w:rsid w:val="00DE57E5"/>
     <w:rPr>
-      <w:b/>
-[...256 lines deleted...]
-      <w:lang w:eastAsia="en-US"/>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+  <w:relyOnVML/>
+  <w:allowPNG/>
+</w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.circolodellavelabari.it/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.xx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@circolodellavela.it" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.circolodellavelabari.it/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@multilario.it" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federvela.it/federvela/normative-e-regolamenti/programmazione-attivit%C3%A0-sportiva-nazionale/103-norme-per-l-attivit%C3%A0-sportiva-nazionale/file.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@circolodellavela.it" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.circolodellavelabari.it/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -18871,70 +11735,112 @@
     </a:spDef>
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D13F59B0-9BCE-495D-85D6-31D0CB7DC135}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
-  <Words>2211</Words>
-  <Characters>12607</Characters>
+  <Words>2039</Words>
+  <Characters>11627</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>105</Lines>
-  <Paragraphs>29</Paragraphs>
+  <Lines>96</Lines>
+  <Paragraphs>27</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titolo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>14789</CharactersWithSpaces>
+  <CharactersWithSpaces>13639</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Mario</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_5f5fe31f-9de1-4167-a753-111c0df8115f_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_5f5fe31f-9de1-4167-a753-111c0df8115f_SetDate">
+    <vt:lpwstr>2025-01-09T11:45:03Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_5f5fe31f-9de1-4167-a753-111c0df8115f_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_5f5fe31f-9de1-4167-a753-111c0df8115f_Name">
+    <vt:lpwstr>5f5fe31f-9de1-4167-a753-111c0df8115f</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_5f5fe31f-9de1-4167-a753-111c0df8115f_SiteId">
+    <vt:lpwstr>cc4baf00-15c9-48dd-9f59-88c98bde2be7</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_5f5fe31f-9de1-4167-a753-111c0df8115f_ActionId">
+    <vt:lpwstr>ac7f78e7-8f83-4ac6-b094-2d946bf37f82</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_5f5fe31f-9de1-4167-a753-111c0df8115f_ContentBits">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
+</Properties>
+</file>